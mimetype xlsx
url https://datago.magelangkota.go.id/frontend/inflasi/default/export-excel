--- v0 (2025-12-19)
+++ v1 (2026-03-04)
@@ -43,77 +43,77 @@
   </bookViews>
   <sheets>
     <sheet name="Pasar Rejowinangun" sheetId="1" r:id="rId4"/>
     <sheet name="Pasar Kebon Polo" sheetId="2" r:id="rId5"/>
     <sheet name="Pasar Gotong-royong" sheetId="3" r:id="rId6"/>
     <sheet name="Kota Magelang" sheetId="4" r:id="rId7"/>
     <sheet name="Pasar Rejowinangun 1" sheetId="5" r:id="rId8"/>
     <sheet name="Pasar Kebon Polo 1" sheetId="6" r:id="rId9"/>
     <sheet name="Pasar Gotong-royong 1" sheetId="7" r:id="rId10"/>
     <sheet name="Kota Magelang 1" sheetId="8" r:id="rId11"/>
     <sheet name="Pasar Rejowinangun 2" sheetId="9" r:id="rId12"/>
     <sheet name="Pasar Kebon Polo 2" sheetId="10" r:id="rId13"/>
     <sheet name="Pasar Gotong-royong 2" sheetId="11" r:id="rId14"/>
     <sheet name="Kota Magelang 2" sheetId="12" r:id="rId15"/>
     <sheet name="Pasar Rejowinangun 3" sheetId="13" r:id="rId16"/>
     <sheet name="Pasar Kebon Polo 3" sheetId="14" r:id="rId17"/>
     <sheet name="Pasar Gotong-royong 3" sheetId="15" r:id="rId18"/>
     <sheet name="Kota Magelang 3" sheetId="16" r:id="rId19"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Survei Perkembangan Harga Komoditas Pangan</t>
   </si>
   <si>
     <t>Barang</t>
   </si>
   <si>
-    <t>11 Des '25</t>
+    <t>24 Feb '26</t>
   </si>
   <si>
-    <t>12 Des '25</t>
+    <t>25 Feb '26</t>
   </si>
   <si>
-    <t>15 Des '25</t>
+    <t>26 Feb '26</t>
   </si>
   <si>
-    <t>16 Des '25</t>
+    <t>27 Feb '26</t>
   </si>
   <si>
-    <t>17 Des '25</t>
+    <t>2 Mar '26</t>
   </si>
   <si>
-    <t>18 Des '25</t>
+    <t>3 Mar '26</t>
   </si>
   <si>
-    <t>19 Des '25</t>
+    <t>4 Mar '26</t>
   </si>
   <si>
     <t>Bawang Bombay (per kg)</t>
   </si>
   <si>
     <t>Bawang Merah Lokal (per kilogram)</t>
   </si>
   <si>
     <t>Bawang Putih Kating (per kilogram)</t>
   </si>
   <si>
     <t>Bawang Putih Shin Cho (per kg)</t>
   </si>
   <si>
     <t>Beras C4 Medium (per kg)</t>
   </si>
   <si>
     <t>Beras IR64 Medium (per kilogram)</t>
   </si>
   <si>
     <t>Beras IR64 Premium (per kg)</t>
   </si>
   <si>
     <t>Beras Sania</t>
   </si>
@@ -232,53 +232,50 @@
     <t>Tahu Putih (per kg)</t>
   </si>
   <si>
     <t>Telur Ayam Kampung (per kg)</t>
   </si>
   <si>
     <t>Telur Ayam Ras (per kilogram)</t>
   </si>
   <si>
     <t>Tempe (per kg)</t>
   </si>
   <si>
     <t>Tepung Terigu (per kilogram)</t>
   </si>
   <si>
     <t>Timun</t>
   </si>
   <si>
     <t>Tomat</t>
   </si>
   <si>
     <t>Udang Basah (per kg)</t>
   </si>
   <si>
     <t>Survei Perkembangan Harga Sayur dan Buah-buahan</t>
-  </si>
-[...1 lines deleted...]
-    <t>10 Des '25</t>
   </si>
   <si>
     <t>Alpokat</t>
   </si>
   <si>
     <t>Anggur</t>
   </si>
   <si>
     <t>Apel</t>
   </si>
   <si>
     <t>Bawang Daun</t>
   </si>
   <si>
     <t>Bayam</t>
   </si>
   <si>
     <t>Belimbing</t>
   </si>
   <si>
     <t>Buncis</t>
   </si>
   <si>
     <t>Jengkol</t>
   </si>
@@ -984,121 +981,121 @@
       </c>
       <c r="C3">
         <v>30000</v>
       </c>
       <c r="D3">
         <v>30000</v>
       </c>
       <c r="E3">
         <v>30000</v>
       </c>
       <c r="F3">
         <v>30000</v>
       </c>
       <c r="G3">
         <v>30000</v>
       </c>
       <c r="H3">
         <v>30000</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="1">
-        <v>50000</v>
+        <v>40000</v>
       </c>
       <c r="C4">
-        <v>50000</v>
+        <v>40000</v>
       </c>
       <c r="D4">
-        <v>45000</v>
+        <v>40000</v>
       </c>
       <c r="E4">
-        <v>45000</v>
+        <v>40000</v>
       </c>
       <c r="F4">
-        <v>47000</v>
+        <v>40000</v>
       </c>
       <c r="G4">
-        <v>45000</v>
+        <v>42000</v>
       </c>
       <c r="H4">
-        <v>45000</v>
+        <v>42000</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="1">
         <v>35000</v>
       </c>
       <c r="C5">
         <v>35000</v>
       </c>
       <c r="D5">
         <v>35000</v>
       </c>
       <c r="E5">
         <v>35000</v>
       </c>
       <c r="F5">
         <v>35000</v>
       </c>
       <c r="G5">
         <v>35000</v>
       </c>
       <c r="H5">
         <v>35000</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="1">
         <v>32000</v>
       </c>
       <c r="C6">
         <v>32000</v>
       </c>
       <c r="D6">
         <v>32000</v>
       </c>
       <c r="E6">
         <v>32000</v>
       </c>
       <c r="F6">
         <v>32000</v>
       </c>
       <c r="G6">
-        <v>32000</v>
+        <v>34000</v>
       </c>
       <c r="H6">
-        <v>32000</v>
+        <v>34000</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="1">
         <v>13500</v>
       </c>
       <c r="C7">
         <v>13500</v>
       </c>
       <c r="D7">
         <v>13500</v>
       </c>
       <c r="E7">
         <v>13500</v>
       </c>
       <c r="F7">
         <v>13500</v>
       </c>
       <c r="G7">
         <v>13500</v>
       </c>
       <c r="H7">
@@ -1192,199 +1189,199 @@
       </c>
       <c r="C11">
         <v>12000</v>
       </c>
       <c r="D11">
         <v>12000</v>
       </c>
       <c r="E11">
         <v>12000</v>
       </c>
       <c r="F11">
         <v>12000</v>
       </c>
       <c r="G11">
         <v>12000</v>
       </c>
       <c r="H11">
         <v>12000</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="1">
-        <v>70000</v>
+        <v>46000</v>
       </c>
       <c r="C12">
-        <v>72000</v>
+        <v>44000</v>
       </c>
       <c r="D12">
-        <v>74000</v>
+        <v>42000</v>
       </c>
       <c r="E12">
-        <v>70000</v>
+        <v>42000</v>
       </c>
       <c r="F12">
-        <v>68000</v>
+        <v>42000</v>
       </c>
       <c r="G12">
-        <v>65000</v>
+        <v>42000</v>
       </c>
       <c r="H12">
-        <v>65000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="1">
-        <v>62000</v>
+        <v>43000</v>
       </c>
       <c r="C13">
-        <v>65000</v>
+        <v>40000</v>
       </c>
       <c r="D13">
-        <v>68000</v>
+        <v>35000</v>
       </c>
       <c r="E13">
-        <v>68000</v>
+        <v>35000</v>
       </c>
       <c r="F13">
-        <v>65000</v>
+        <v>30000</v>
       </c>
       <c r="G13">
-        <v>60000</v>
+        <v>30000</v>
       </c>
       <c r="H13">
-        <v>50000</v>
+        <v>30000</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="1">
         <v>60000</v>
       </c>
       <c r="C14">
         <v>60000</v>
       </c>
       <c r="D14">
-        <v>65000</v>
+        <v>60000</v>
       </c>
       <c r="E14">
-        <v>68000</v>
+        <v>60000</v>
       </c>
       <c r="F14">
-        <v>65000</v>
+        <v>60000</v>
       </c>
       <c r="G14">
-        <v>68000</v>
+        <v>58000</v>
       </c>
       <c r="H14">
-        <v>68000</v>
+        <v>55000</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="1">
+        <v>75000</v>
+      </c>
+      <c r="C15">
+        <v>74000</v>
+      </c>
+      <c r="D15">
+        <v>74000</v>
+      </c>
+      <c r="E15">
+        <v>74000</v>
+      </c>
+      <c r="F15">
         <v>70000</v>
       </c>
-      <c r="C15">
+      <c r="G15">
         <v>72000</v>
       </c>
-      <c r="D15">
-[...10 lines deleted...]
-      </c>
       <c r="H15">
-        <v>55000</v>
+        <v>75000</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="1">
         <v>105000</v>
       </c>
       <c r="C16">
         <v>105000</v>
       </c>
       <c r="D16">
         <v>105000</v>
       </c>
       <c r="E16">
         <v>105000</v>
       </c>
       <c r="F16">
         <v>105000</v>
       </c>
       <c r="G16">
         <v>105000</v>
       </c>
       <c r="H16">
         <v>105000</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="1">
-        <v>38000</v>
+        <v>39000</v>
       </c>
       <c r="C17">
         <v>38000</v>
       </c>
       <c r="D17">
         <v>38000</v>
       </c>
       <c r="E17">
         <v>38000</v>
       </c>
       <c r="F17">
         <v>38000</v>
       </c>
       <c r="G17">
-        <v>37000</v>
+        <v>38000</v>
       </c>
       <c r="H17">
-        <v>37000</v>
+        <v>38000</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="1">
         <v>135000</v>
       </c>
       <c r="C18">
         <v>135000</v>
       </c>
       <c r="D18">
         <v>135000</v>
       </c>
       <c r="E18">
         <v>135000</v>
       </c>
       <c r="F18">
         <v>135000</v>
       </c>
       <c r="G18">
         <v>135000</v>
       </c>
       <c r="H18">
@@ -1530,147 +1527,147 @@
       </c>
       <c r="C24">
         <v>16500</v>
       </c>
       <c r="D24">
         <v>16500</v>
       </c>
       <c r="E24">
         <v>16500</v>
       </c>
       <c r="F24">
         <v>16500</v>
       </c>
       <c r="G24">
         <v>16500</v>
       </c>
       <c r="H24">
         <v>16500</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="1">
-        <v>40000</v>
+        <v>42000</v>
       </c>
       <c r="C25">
-        <v>40000</v>
+        <v>42000</v>
       </c>
       <c r="D25">
-        <v>40000</v>
+        <v>42000</v>
       </c>
       <c r="E25">
-        <v>40000</v>
+        <v>42000</v>
       </c>
       <c r="F25">
-        <v>40000</v>
+        <v>41000</v>
       </c>
       <c r="G25">
-        <v>40000</v>
+        <v>41000</v>
       </c>
       <c r="H25">
-        <v>40000</v>
+        <v>41000</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="1">
         <v>36000</v>
       </c>
       <c r="C26">
         <v>36000</v>
       </c>
       <c r="D26">
         <v>36000</v>
       </c>
       <c r="E26">
         <v>36000</v>
       </c>
       <c r="F26">
         <v>36000</v>
       </c>
       <c r="G26">
         <v>36000</v>
       </c>
       <c r="H26">
         <v>36000</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B27" s="1">
         <v>38000</v>
       </c>
       <c r="C27">
         <v>38000</v>
       </c>
       <c r="D27">
         <v>38000</v>
       </c>
       <c r="E27">
         <v>38000</v>
       </c>
       <c r="F27">
-        <v>38000</v>
+        <v>40000</v>
       </c>
       <c r="G27">
-        <v>38000</v>
+        <v>40000</v>
       </c>
       <c r="H27">
-        <v>38000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B28" s="1">
         <v>33000</v>
       </c>
       <c r="C28">
         <v>33000</v>
       </c>
       <c r="D28">
         <v>33000</v>
       </c>
       <c r="E28">
         <v>33000</v>
       </c>
       <c r="F28">
-        <v>33000</v>
+        <v>35000</v>
       </c>
       <c r="G28">
-        <v>33000</v>
+        <v>35000</v>
       </c>
       <c r="H28">
-        <v>33000</v>
+        <v>35000</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B29" s="1">
         <v>7000</v>
       </c>
       <c r="C29">
         <v>7000</v>
       </c>
       <c r="D29">
         <v>7000</v>
       </c>
       <c r="E29">
         <v>7000</v>
       </c>
       <c r="F29">
         <v>7000</v>
       </c>
       <c r="G29">
         <v>7000</v>
       </c>
       <c r="H29">
@@ -1738,95 +1735,95 @@
       </c>
       <c r="C32">
         <v>10000</v>
       </c>
       <c r="D32">
         <v>10000</v>
       </c>
       <c r="E32">
         <v>10000</v>
       </c>
       <c r="F32">
         <v>10000</v>
       </c>
       <c r="G32">
         <v>10000</v>
       </c>
       <c r="H32">
         <v>10000</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B33" s="1">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="C33">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="D33">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="E33">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="F33">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="G33">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="H33">
-        <v>6000</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B34" s="1">
-        <v>25000</v>
+        <v>33000</v>
       </c>
       <c r="C34">
-        <v>25000</v>
+        <v>33000</v>
       </c>
       <c r="D34">
-        <v>25000</v>
+        <v>33000</v>
       </c>
       <c r="E34">
-        <v>25000</v>
+        <v>33000</v>
       </c>
       <c r="F34">
-        <v>25000</v>
+        <v>33000</v>
       </c>
       <c r="G34">
-        <v>25000</v>
+        <v>33000</v>
       </c>
       <c r="H34">
-        <v>25000</v>
+        <v>33000</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B35" s="1">
         <v>4000</v>
       </c>
       <c r="C35">
         <v>4000</v>
       </c>
       <c r="D35">
         <v>4000</v>
       </c>
       <c r="E35">
         <v>4000</v>
       </c>
       <c r="F35">
         <v>4000</v>
       </c>
       <c r="G35">
         <v>4000</v>
       </c>
       <c r="H35">
@@ -1946,69 +1943,69 @@
       </c>
       <c r="C40">
         <v>21000</v>
       </c>
       <c r="D40">
         <v>21000</v>
       </c>
       <c r="E40">
         <v>21000</v>
       </c>
       <c r="F40">
         <v>21000</v>
       </c>
       <c r="G40">
         <v>21000</v>
       </c>
       <c r="H40">
         <v>21000</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B41" s="1">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="C41">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="D41">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="E41">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="F41">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="G41">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="H41">
-        <v>16000</v>
+        <v>15700</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B42" s="1">
         <v>14000</v>
       </c>
       <c r="C42">
         <v>14000</v>
       </c>
       <c r="D42">
         <v>14000</v>
       </c>
       <c r="E42">
         <v>14000</v>
       </c>
       <c r="F42">
         <v>14000</v>
       </c>
       <c r="G42">
         <v>14000</v>
       </c>
       <c r="H42">
@@ -2186,54 +2183,54 @@
       </c>
       <c r="E49">
         <v>42500</v>
       </c>
       <c r="F49">
         <v>42500</v>
       </c>
       <c r="G49">
         <v>42500</v>
       </c>
       <c r="H49">
         <v>42500</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B50" s="1">
         <v>29000</v>
       </c>
       <c r="C50">
         <v>29000</v>
       </c>
       <c r="D50">
-        <v>30000</v>
+        <v>29000</v>
       </c>
       <c r="E50">
-        <v>30000</v>
+        <v>29000</v>
       </c>
       <c r="F50">
         <v>29000</v>
       </c>
       <c r="G50">
         <v>29000</v>
       </c>
       <c r="H50">
         <v>29000</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B51" s="1">
         <v>11000</v>
       </c>
       <c r="C51">
         <v>11000</v>
       </c>
       <c r="D51">
         <v>11000</v>
       </c>
       <c r="E51">
@@ -2370,689 +2367,689 @@
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFA0D64F"/>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="1" ySplit="2" topLeftCell="B3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.28515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="41" customWidth="true" style="2"/>
     <col min="2" max="2" width="16.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="23.25" s="4" customFormat="1">
       <c r="A1" s="5" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
     </row>
     <row r="2" spans="1:10" customHeight="1" ht="16.5" s="3" customFormat="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="D2" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="E2" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="E2" s="3" t="s">
+      <c r="F2" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="G2" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="H2" s="3" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B3" s="1">
         <v>90000</v>
       </c>
       <c r="C3">
         <v>90000</v>
       </c>
       <c r="D3">
         <v>90000</v>
       </c>
       <c r="E3">
         <v>90000</v>
       </c>
       <c r="F3">
         <v>90000</v>
       </c>
       <c r="G3">
         <v>90000</v>
       </c>
       <c r="H3">
         <v>90000</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B4" s="1">
         <v>135000</v>
       </c>
       <c r="C4">
         <v>135000</v>
       </c>
       <c r="D4">
         <v>135000</v>
       </c>
       <c r="E4">
         <v>135000</v>
       </c>
       <c r="F4">
         <v>135000</v>
       </c>
       <c r="G4">
         <v>135000</v>
       </c>
       <c r="H4">
         <v>135000</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B5" s="1">
         <v>38000</v>
       </c>
       <c r="C5">
         <v>38000</v>
       </c>
       <c r="D5">
         <v>38000</v>
       </c>
       <c r="E5">
         <v>38000</v>
       </c>
       <c r="F5">
         <v>38000</v>
       </c>
       <c r="G5">
         <v>38000</v>
       </c>
       <c r="H5">
         <v>38000</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B6" s="1">
         <v>60000</v>
       </c>
       <c r="C6">
         <v>60000</v>
       </c>
       <c r="D6">
         <v>60000</v>
       </c>
       <c r="E6">
         <v>60000</v>
       </c>
       <c r="F6">
         <v>60000</v>
       </c>
       <c r="G6">
         <v>60000</v>
       </c>
       <c r="H6">
         <v>60000</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B7" s="1">
         <v>215000</v>
       </c>
       <c r="C7">
         <v>215000</v>
       </c>
       <c r="D7">
         <v>215000</v>
       </c>
       <c r="E7">
         <v>215000</v>
       </c>
       <c r="F7">
         <v>215000</v>
       </c>
       <c r="G7">
         <v>215000</v>
       </c>
       <c r="H7">
         <v>215000</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B8" s="1">
         <v>21000</v>
       </c>
       <c r="C8">
         <v>21000</v>
       </c>
       <c r="D8">
         <v>21000</v>
       </c>
       <c r="E8">
         <v>21000</v>
       </c>
       <c r="F8">
         <v>21000</v>
       </c>
       <c r="G8">
         <v>21000</v>
       </c>
       <c r="H8">
         <v>21000</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B9" s="1">
         <v>65000</v>
       </c>
       <c r="C9">
         <v>65000</v>
       </c>
       <c r="D9">
         <v>65000</v>
       </c>
       <c r="E9">
         <v>65000</v>
       </c>
       <c r="F9">
         <v>65000</v>
       </c>
       <c r="G9">
         <v>65000</v>
       </c>
       <c r="H9">
         <v>65000</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B10" s="1">
         <v>25000</v>
       </c>
       <c r="C10">
         <v>25000</v>
       </c>
       <c r="D10">
         <v>25000</v>
       </c>
       <c r="E10">
         <v>25000</v>
       </c>
       <c r="F10">
         <v>25000</v>
       </c>
       <c r="G10">
         <v>25000</v>
       </c>
       <c r="H10">
         <v>25000</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B11" s="1">
         <v>22000</v>
       </c>
       <c r="C11">
         <v>22000</v>
       </c>
       <c r="D11">
         <v>22000</v>
       </c>
       <c r="E11">
         <v>22000</v>
       </c>
       <c r="F11">
         <v>22000</v>
       </c>
       <c r="G11">
         <v>22000</v>
       </c>
       <c r="H11">
         <v>22000</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B12" s="1">
         <v>26000</v>
       </c>
       <c r="C12">
         <v>26000</v>
       </c>
       <c r="D12">
         <v>26000</v>
       </c>
       <c r="E12">
         <v>26000</v>
       </c>
       <c r="F12">
         <v>26000</v>
       </c>
       <c r="G12">
         <v>26000</v>
       </c>
       <c r="H12">
         <v>26000</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B13" s="1">
         <v>26000</v>
       </c>
       <c r="C13">
         <v>26000</v>
       </c>
       <c r="D13">
         <v>26000</v>
       </c>
       <c r="E13">
         <v>26000</v>
       </c>
       <c r="F13">
         <v>26000</v>
       </c>
       <c r="G13">
         <v>26000</v>
       </c>
       <c r="H13">
         <v>26000</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B14" s="1">
         <v>20000</v>
       </c>
       <c r="C14">
         <v>20000</v>
       </c>
       <c r="D14">
         <v>20000</v>
       </c>
       <c r="E14">
         <v>20000</v>
       </c>
       <c r="F14">
         <v>20000</v>
       </c>
       <c r="G14">
         <v>20000</v>
       </c>
       <c r="H14">
         <v>20000</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B15" s="1">
         <v>20000</v>
       </c>
       <c r="C15">
         <v>20000</v>
       </c>
       <c r="D15">
         <v>20000</v>
       </c>
       <c r="E15">
         <v>20000</v>
       </c>
       <c r="F15">
         <v>20000</v>
       </c>
       <c r="G15">
         <v>20000</v>
       </c>
       <c r="H15">
         <v>20000</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B16" s="1">
         <v>22000</v>
       </c>
       <c r="C16">
         <v>22000</v>
       </c>
       <c r="D16">
         <v>22000</v>
       </c>
       <c r="E16">
         <v>22000</v>
       </c>
       <c r="F16">
         <v>22000</v>
       </c>
       <c r="G16">
         <v>22000</v>
       </c>
       <c r="H16">
         <v>22000</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B17" s="1">
         <v>15000</v>
       </c>
       <c r="C17">
         <v>15000</v>
       </c>
       <c r="D17">
         <v>15000</v>
       </c>
       <c r="E17">
         <v>15000</v>
       </c>
       <c r="F17">
         <v>15000</v>
       </c>
       <c r="G17">
         <v>15000</v>
       </c>
       <c r="H17">
         <v>15000</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B18" s="1">
         <v>15000</v>
       </c>
       <c r="C18">
         <v>15000</v>
       </c>
       <c r="D18">
         <v>15000</v>
       </c>
       <c r="E18">
         <v>15000</v>
       </c>
       <c r="F18">
         <v>15000</v>
       </c>
       <c r="G18">
         <v>15000</v>
       </c>
       <c r="H18">
         <v>15000</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B19" s="1">
         <v>3000</v>
       </c>
       <c r="C19">
         <v>3000</v>
       </c>
       <c r="D19">
         <v>3000</v>
       </c>
       <c r="E19">
         <v>3000</v>
       </c>
       <c r="F19">
         <v>3000</v>
       </c>
       <c r="G19">
         <v>3000</v>
       </c>
       <c r="H19">
         <v>3000</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B20" s="1">
         <v>6000</v>
       </c>
       <c r="C20">
         <v>6000</v>
       </c>
       <c r="D20">
         <v>6000</v>
       </c>
       <c r="E20">
         <v>6000</v>
       </c>
       <c r="F20">
         <v>6000</v>
       </c>
       <c r="G20">
         <v>6000</v>
       </c>
       <c r="H20">
         <v>6000</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B21" s="1">
         <v>2500</v>
       </c>
       <c r="C21">
         <v>2500</v>
       </c>
       <c r="D21">
         <v>2500</v>
       </c>
       <c r="E21">
         <v>2500</v>
       </c>
       <c r="F21">
         <v>2500</v>
       </c>
       <c r="G21">
         <v>2500</v>
       </c>
       <c r="H21">
         <v>2500</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B22" s="1">
         <v>7000</v>
       </c>
       <c r="C22">
         <v>7000</v>
       </c>
       <c r="D22">
         <v>7000</v>
       </c>
       <c r="E22">
         <v>7000</v>
       </c>
       <c r="F22">
         <v>7000</v>
       </c>
       <c r="G22">
         <v>7000</v>
       </c>
       <c r="H22">
         <v>7000</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B23" s="1">
         <v>57000</v>
       </c>
       <c r="C23">
         <v>57000</v>
       </c>
       <c r="D23">
         <v>57000</v>
       </c>
       <c r="E23">
         <v>57000</v>
       </c>
       <c r="F23">
         <v>57000</v>
       </c>
       <c r="G23">
         <v>57000</v>
       </c>
       <c r="H23">
         <v>57000</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B24" s="1">
         <v>63000</v>
       </c>
       <c r="C24">
         <v>63000</v>
       </c>
       <c r="D24">
         <v>63000</v>
       </c>
       <c r="E24">
         <v>63000</v>
       </c>
       <c r="F24">
         <v>63000</v>
       </c>
       <c r="G24">
         <v>63000</v>
       </c>
       <c r="H24">
         <v>63000</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B25" s="1">
         <v>66000</v>
       </c>
       <c r="C25">
         <v>66000</v>
       </c>
       <c r="D25">
         <v>66000</v>
       </c>
       <c r="E25">
         <v>66000</v>
       </c>
       <c r="F25">
         <v>66000</v>
       </c>
       <c r="G25">
         <v>66000</v>
       </c>
       <c r="H25">
         <v>66000</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B26" s="1">
         <v>75000</v>
       </c>
       <c r="C26">
         <v>75000</v>
       </c>
       <c r="D26">
         <v>75000</v>
       </c>
       <c r="E26">
         <v>75000</v>
       </c>
       <c r="F26">
         <v>75000</v>
       </c>
       <c r="G26">
         <v>75000</v>
       </c>
       <c r="H26">
         <v>75000</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
@@ -3071,689 +3068,689 @@
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFA0D64F"/>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="1" ySplit="2" topLeftCell="B3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.28515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="41" customWidth="true" style="2"/>
     <col min="2" max="2" width="16.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="23.25" s="4" customFormat="1">
       <c r="A1" s="5" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
     </row>
     <row r="2" spans="1:10" customHeight="1" ht="16.5" s="3" customFormat="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="D2" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="E2" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="E2" s="3" t="s">
+      <c r="F2" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="G2" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="H2" s="3" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B3" s="1">
         <v>87000</v>
       </c>
       <c r="C3">
         <v>87000</v>
       </c>
       <c r="D3">
         <v>87000</v>
       </c>
       <c r="E3">
         <v>87000</v>
       </c>
       <c r="F3">
         <v>87000</v>
       </c>
       <c r="G3">
         <v>87000</v>
       </c>
       <c r="H3">
         <v>87000</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B4" s="1">
         <v>135000</v>
       </c>
       <c r="C4">
         <v>135000</v>
       </c>
       <c r="D4">
         <v>135000</v>
       </c>
       <c r="E4">
         <v>135000</v>
       </c>
       <c r="F4">
         <v>135000</v>
       </c>
       <c r="G4">
         <v>135000</v>
       </c>
       <c r="H4">
         <v>135000</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B5" s="1">
         <v>38000</v>
       </c>
       <c r="C5">
         <v>38000</v>
       </c>
       <c r="D5">
         <v>38000</v>
       </c>
       <c r="E5">
         <v>38000</v>
       </c>
       <c r="F5">
         <v>38000</v>
       </c>
       <c r="G5">
         <v>38000</v>
       </c>
       <c r="H5">
         <v>38000</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B6" s="1">
         <v>58000</v>
       </c>
       <c r="C6">
         <v>58000</v>
       </c>
       <c r="D6">
         <v>58000</v>
       </c>
       <c r="E6">
         <v>58000</v>
       </c>
       <c r="F6">
         <v>58000</v>
       </c>
       <c r="G6">
         <v>58000</v>
       </c>
       <c r="H6">
         <v>58000</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B7" s="1">
         <v>215000</v>
       </c>
       <c r="C7">
         <v>215000</v>
       </c>
       <c r="D7">
         <v>215000</v>
       </c>
       <c r="E7">
         <v>215000</v>
       </c>
       <c r="F7">
         <v>215000</v>
       </c>
       <c r="G7">
         <v>215000</v>
       </c>
       <c r="H7">
         <v>215000</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B8" s="1">
         <v>21000</v>
       </c>
       <c r="C8">
         <v>21000</v>
       </c>
       <c r="D8">
         <v>21000</v>
       </c>
       <c r="E8">
         <v>21000</v>
       </c>
       <c r="F8">
         <v>21000</v>
       </c>
       <c r="G8">
         <v>21000</v>
       </c>
       <c r="H8">
         <v>21000</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B9" s="1">
         <v>65000</v>
       </c>
       <c r="C9">
         <v>65000</v>
       </c>
       <c r="D9">
         <v>65000</v>
       </c>
       <c r="E9">
         <v>65000</v>
       </c>
       <c r="F9">
         <v>65000</v>
       </c>
       <c r="G9">
         <v>65000</v>
       </c>
       <c r="H9">
         <v>65000</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B10" s="1">
         <v>22000</v>
       </c>
       <c r="C10">
         <v>22000</v>
       </c>
       <c r="D10">
         <v>22000</v>
       </c>
       <c r="E10">
         <v>22000</v>
       </c>
       <c r="F10">
         <v>22000</v>
       </c>
       <c r="G10">
         <v>22000</v>
       </c>
       <c r="H10">
         <v>22000</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B11" s="1">
         <v>20000</v>
       </c>
       <c r="C11">
         <v>20000</v>
       </c>
       <c r="D11">
         <v>20000</v>
       </c>
       <c r="E11">
         <v>20000</v>
       </c>
       <c r="F11">
         <v>20000</v>
       </c>
       <c r="G11">
         <v>20000</v>
       </c>
       <c r="H11">
         <v>20000</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B12" s="1">
         <v>26000</v>
       </c>
       <c r="C12">
         <v>26000</v>
       </c>
       <c r="D12">
         <v>26000</v>
       </c>
       <c r="E12">
         <v>26000</v>
       </c>
       <c r="F12">
         <v>26000</v>
       </c>
       <c r="G12">
         <v>26000</v>
       </c>
       <c r="H12">
         <v>26000</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B13" s="1">
         <v>26000</v>
       </c>
       <c r="C13">
         <v>26000</v>
       </c>
       <c r="D13">
         <v>26000</v>
       </c>
       <c r="E13">
         <v>26000</v>
       </c>
       <c r="F13">
         <v>26000</v>
       </c>
       <c r="G13">
         <v>26000</v>
       </c>
       <c r="H13">
         <v>26000</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B14" s="1">
         <v>20000</v>
       </c>
       <c r="C14">
         <v>20000</v>
       </c>
       <c r="D14">
         <v>20000</v>
       </c>
       <c r="E14">
         <v>20000</v>
       </c>
       <c r="F14">
         <v>20000</v>
       </c>
       <c r="G14">
         <v>20000</v>
       </c>
       <c r="H14">
         <v>20000</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B15" s="1">
         <v>20000</v>
       </c>
       <c r="C15">
         <v>20000</v>
       </c>
       <c r="D15">
         <v>20000</v>
       </c>
       <c r="E15">
         <v>20000</v>
       </c>
       <c r="F15">
         <v>20000</v>
       </c>
       <c r="G15">
         <v>20000</v>
       </c>
       <c r="H15">
         <v>20000</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B16" s="1">
         <v>20000</v>
       </c>
       <c r="C16">
         <v>20000</v>
       </c>
       <c r="D16">
         <v>20000</v>
       </c>
       <c r="E16">
         <v>20000</v>
       </c>
       <c r="F16">
         <v>20000</v>
       </c>
       <c r="G16">
         <v>20000</v>
       </c>
       <c r="H16">
         <v>20000</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B17" s="1">
         <v>15000</v>
       </c>
       <c r="C17">
         <v>15000</v>
       </c>
       <c r="D17">
         <v>15000</v>
       </c>
       <c r="E17">
         <v>15000</v>
       </c>
       <c r="F17">
         <v>15000</v>
       </c>
       <c r="G17">
         <v>15000</v>
       </c>
       <c r="H17">
         <v>15000</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B18" s="1">
         <v>15000</v>
       </c>
       <c r="C18">
         <v>15000</v>
       </c>
       <c r="D18">
         <v>15000</v>
       </c>
       <c r="E18">
         <v>15000</v>
       </c>
       <c r="F18">
         <v>15000</v>
       </c>
       <c r="G18">
         <v>15000</v>
       </c>
       <c r="H18">
         <v>15000</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B19" s="1">
         <v>3000</v>
       </c>
       <c r="C19">
         <v>3000</v>
       </c>
       <c r="D19">
         <v>3000</v>
       </c>
       <c r="E19">
         <v>3000</v>
       </c>
       <c r="F19">
         <v>3000</v>
       </c>
       <c r="G19">
         <v>3000</v>
       </c>
       <c r="H19">
         <v>3000</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B20" s="1">
         <v>6000</v>
       </c>
       <c r="C20">
         <v>6000</v>
       </c>
       <c r="D20">
         <v>6000</v>
       </c>
       <c r="E20">
         <v>6000</v>
       </c>
       <c r="F20">
         <v>6000</v>
       </c>
       <c r="G20">
         <v>6000</v>
       </c>
       <c r="H20">
         <v>6000</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B21" s="1">
         <v>2500</v>
       </c>
       <c r="C21">
         <v>2500</v>
       </c>
       <c r="D21">
         <v>2500</v>
       </c>
       <c r="E21">
         <v>2500</v>
       </c>
       <c r="F21">
         <v>2500</v>
       </c>
       <c r="G21">
         <v>2500</v>
       </c>
       <c r="H21">
         <v>2500</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B22" s="1">
         <v>7000</v>
       </c>
       <c r="C22">
         <v>7000</v>
       </c>
       <c r="D22">
         <v>7000</v>
       </c>
       <c r="E22">
         <v>7000</v>
       </c>
       <c r="F22">
         <v>7000</v>
       </c>
       <c r="G22">
         <v>7000</v>
       </c>
       <c r="H22">
         <v>7000</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B23" s="1">
         <v>56000</v>
       </c>
       <c r="C23">
         <v>56000</v>
       </c>
       <c r="D23">
         <v>56000</v>
       </c>
       <c r="E23">
         <v>56000</v>
       </c>
       <c r="F23">
         <v>56000</v>
       </c>
       <c r="G23">
         <v>56000</v>
       </c>
       <c r="H23">
         <v>56000</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B24" s="1">
         <v>65000</v>
       </c>
       <c r="C24">
         <v>65000</v>
       </c>
       <c r="D24">
         <v>65000</v>
       </c>
       <c r="E24">
         <v>65000</v>
       </c>
       <c r="F24">
         <v>65000</v>
       </c>
       <c r="G24">
         <v>65000</v>
       </c>
       <c r="H24">
         <v>65000</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B25" s="1">
         <v>67000</v>
       </c>
       <c r="C25">
         <v>67000</v>
       </c>
       <c r="D25">
         <v>67000</v>
       </c>
       <c r="E25">
         <v>67000</v>
       </c>
       <c r="F25">
         <v>67000</v>
       </c>
       <c r="G25">
         <v>67000</v>
       </c>
       <c r="H25">
         <v>67000</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B26" s="1">
         <v>74000</v>
       </c>
       <c r="C26">
         <v>74000</v>
       </c>
       <c r="D26">
         <v>74000</v>
       </c>
       <c r="E26">
         <v>74000</v>
       </c>
       <c r="F26">
         <v>74000</v>
       </c>
       <c r="G26">
         <v>74000</v>
       </c>
       <c r="H26">
         <v>74000</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
@@ -3772,689 +3769,689 @@
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFA0D64F"/>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="1" ySplit="2" topLeftCell="B3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.28515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="41" customWidth="true" style="2"/>
     <col min="2" max="2" width="16.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="23.25" s="4" customFormat="1">
       <c r="A1" s="5" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
     </row>
     <row r="2" spans="1:10" customHeight="1" ht="16.5" s="3" customFormat="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="D2" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="E2" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="E2" s="3" t="s">
+      <c r="F2" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="G2" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="H2" s="3" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B3" s="1">
         <v>88333</v>
       </c>
       <c r="C3">
         <v>88333</v>
       </c>
       <c r="D3">
         <v>88333</v>
       </c>
       <c r="E3">
         <v>88333</v>
       </c>
       <c r="F3">
         <v>88333</v>
       </c>
       <c r="G3">
         <v>88333</v>
       </c>
       <c r="H3">
         <v>88333</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B4" s="1">
         <v>134000</v>
       </c>
       <c r="C4">
         <v>134000</v>
       </c>
       <c r="D4">
         <v>134000</v>
       </c>
       <c r="E4">
         <v>134000</v>
       </c>
       <c r="F4">
         <v>134000</v>
       </c>
       <c r="G4">
         <v>134000</v>
       </c>
       <c r="H4">
         <v>134000</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B5" s="1">
         <v>37667</v>
       </c>
       <c r="C5">
         <v>37667</v>
       </c>
       <c r="D5">
         <v>37667</v>
       </c>
       <c r="E5">
         <v>37667</v>
       </c>
       <c r="F5">
         <v>37667</v>
       </c>
       <c r="G5">
         <v>37667</v>
       </c>
       <c r="H5">
         <v>37667</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B6" s="1">
         <v>58667</v>
       </c>
       <c r="C6">
         <v>58667</v>
       </c>
       <c r="D6">
         <v>58667</v>
       </c>
       <c r="E6">
         <v>58667</v>
       </c>
       <c r="F6">
         <v>58667</v>
       </c>
       <c r="G6">
         <v>58667</v>
       </c>
       <c r="H6">
         <v>58667</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B7" s="1">
         <v>215000</v>
       </c>
       <c r="C7">
         <v>215000</v>
       </c>
       <c r="D7">
         <v>215000</v>
       </c>
       <c r="E7">
         <v>215000</v>
       </c>
       <c r="F7">
         <v>215000</v>
       </c>
       <c r="G7">
         <v>215000</v>
       </c>
       <c r="H7">
         <v>215000</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B8" s="1">
         <v>21000</v>
       </c>
       <c r="C8">
         <v>21000</v>
       </c>
       <c r="D8">
         <v>21000</v>
       </c>
       <c r="E8">
         <v>21000</v>
       </c>
       <c r="F8">
         <v>21000</v>
       </c>
       <c r="G8">
         <v>21000</v>
       </c>
       <c r="H8">
         <v>21000</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B9" s="1">
         <v>63333</v>
       </c>
       <c r="C9">
         <v>63333</v>
       </c>
       <c r="D9">
         <v>63333</v>
       </c>
       <c r="E9">
         <v>63333</v>
       </c>
       <c r="F9">
         <v>63333</v>
       </c>
       <c r="G9">
         <v>63333</v>
       </c>
       <c r="H9">
         <v>63333</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B10" s="1">
         <v>24000</v>
       </c>
       <c r="C10">
         <v>24000</v>
       </c>
       <c r="D10">
         <v>24000</v>
       </c>
       <c r="E10">
         <v>24000</v>
       </c>
       <c r="F10">
         <v>24000</v>
       </c>
       <c r="G10">
         <v>24000</v>
       </c>
       <c r="H10">
         <v>24000</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B11" s="1">
         <v>20667</v>
       </c>
       <c r="C11">
         <v>20667</v>
       </c>
       <c r="D11">
         <v>20667</v>
       </c>
       <c r="E11">
         <v>20667</v>
       </c>
       <c r="F11">
         <v>20667</v>
       </c>
       <c r="G11">
         <v>20667</v>
       </c>
       <c r="H11">
         <v>20667</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B12" s="1">
         <v>25667</v>
       </c>
       <c r="C12">
         <v>25667</v>
       </c>
       <c r="D12">
         <v>25667</v>
       </c>
       <c r="E12">
         <v>25667</v>
       </c>
       <c r="F12">
         <v>25667</v>
       </c>
       <c r="G12">
         <v>25667</v>
       </c>
       <c r="H12">
         <v>25667</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B13" s="1">
         <v>25667</v>
       </c>
       <c r="C13">
         <v>25667</v>
       </c>
       <c r="D13">
         <v>25667</v>
       </c>
       <c r="E13">
         <v>25667</v>
       </c>
       <c r="F13">
         <v>25667</v>
       </c>
       <c r="G13">
         <v>25667</v>
       </c>
       <c r="H13">
         <v>25667</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B14" s="1">
         <v>20000</v>
       </c>
       <c r="C14">
         <v>20000</v>
       </c>
       <c r="D14">
         <v>20000</v>
       </c>
       <c r="E14">
         <v>20000</v>
       </c>
       <c r="F14">
         <v>20000</v>
       </c>
       <c r="G14">
         <v>20000</v>
       </c>
       <c r="H14">
         <v>20000</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B15" s="1">
         <v>20000</v>
       </c>
       <c r="C15">
         <v>20000</v>
       </c>
       <c r="D15">
         <v>20000</v>
       </c>
       <c r="E15">
         <v>20000</v>
       </c>
       <c r="F15">
         <v>20000</v>
       </c>
       <c r="G15">
         <v>20000</v>
       </c>
       <c r="H15">
         <v>20000</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B16" s="1">
         <v>20667</v>
       </c>
       <c r="C16">
         <v>20667</v>
       </c>
       <c r="D16">
         <v>20667</v>
       </c>
       <c r="E16">
         <v>20667</v>
       </c>
       <c r="F16">
         <v>20667</v>
       </c>
       <c r="G16">
         <v>20667</v>
       </c>
       <c r="H16">
         <v>20667</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B17" s="1">
         <v>15000</v>
       </c>
       <c r="C17">
         <v>15000</v>
       </c>
       <c r="D17">
         <v>15000</v>
       </c>
       <c r="E17">
         <v>15000</v>
       </c>
       <c r="F17">
         <v>15000</v>
       </c>
       <c r="G17">
         <v>15000</v>
       </c>
       <c r="H17">
         <v>15000</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B18" s="1">
         <v>15000</v>
       </c>
       <c r="C18">
         <v>15000</v>
       </c>
       <c r="D18">
         <v>15000</v>
       </c>
       <c r="E18">
         <v>15000</v>
       </c>
       <c r="F18">
         <v>15000</v>
       </c>
       <c r="G18">
         <v>15000</v>
       </c>
       <c r="H18">
         <v>15000</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B19" s="1">
         <v>3000</v>
       </c>
       <c r="C19">
         <v>3000</v>
       </c>
       <c r="D19">
         <v>3000</v>
       </c>
       <c r="E19">
         <v>3000</v>
       </c>
       <c r="F19">
         <v>3000</v>
       </c>
       <c r="G19">
         <v>3000</v>
       </c>
       <c r="H19">
         <v>3000</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B20" s="1">
         <v>6000</v>
       </c>
       <c r="C20">
         <v>6000</v>
       </c>
       <c r="D20">
         <v>6000</v>
       </c>
       <c r="E20">
         <v>6000</v>
       </c>
       <c r="F20">
         <v>6000</v>
       </c>
       <c r="G20">
         <v>6000</v>
       </c>
       <c r="H20">
         <v>6000</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B21" s="1">
         <v>2500</v>
       </c>
       <c r="C21">
         <v>2500</v>
       </c>
       <c r="D21">
         <v>2500</v>
       </c>
       <c r="E21">
         <v>2500</v>
       </c>
       <c r="F21">
         <v>2500</v>
       </c>
       <c r="G21">
         <v>2500</v>
       </c>
       <c r="H21">
         <v>2500</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B22" s="1">
         <v>7000</v>
       </c>
       <c r="C22">
         <v>7000</v>
       </c>
       <c r="D22">
         <v>7000</v>
       </c>
       <c r="E22">
         <v>7000</v>
       </c>
       <c r="F22">
         <v>7000</v>
       </c>
       <c r="G22">
         <v>7000</v>
       </c>
       <c r="H22">
         <v>7000</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B23" s="1">
         <v>56333</v>
       </c>
       <c r="C23">
         <v>56333</v>
       </c>
       <c r="D23">
         <v>56333</v>
       </c>
       <c r="E23">
         <v>56333</v>
       </c>
       <c r="F23">
         <v>56333</v>
       </c>
       <c r="G23">
         <v>56333</v>
       </c>
       <c r="H23">
         <v>56333</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B24" s="1">
         <v>64000</v>
       </c>
       <c r="C24">
         <v>64000</v>
       </c>
       <c r="D24">
         <v>64000</v>
       </c>
       <c r="E24">
         <v>64000</v>
       </c>
       <c r="F24">
         <v>64000</v>
       </c>
       <c r="G24">
         <v>64000</v>
       </c>
       <c r="H24">
         <v>64000</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B25" s="1">
         <v>67000</v>
       </c>
       <c r="C25">
         <v>67000</v>
       </c>
       <c r="D25">
         <v>67000</v>
       </c>
       <c r="E25">
         <v>67000</v>
       </c>
       <c r="F25">
         <v>67000</v>
       </c>
       <c r="G25">
         <v>67000</v>
       </c>
       <c r="H25">
         <v>67000</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B26" s="1">
         <v>74667</v>
       </c>
       <c r="C26">
         <v>74667</v>
       </c>
       <c r="D26">
         <v>74667</v>
       </c>
       <c r="E26">
         <v>74667</v>
       </c>
       <c r="F26">
         <v>74667</v>
       </c>
       <c r="G26">
         <v>74667</v>
       </c>
       <c r="H26">
         <v>74667</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
@@ -4539,202 +4536,202 @@
       </c>
       <c r="B3" s="1">
         <v>30000</v>
       </c>
       <c r="C3">
         <v>30000</v>
       </c>
       <c r="D3">
         <v>30000</v>
       </c>
       <c r="E3">
         <v>30000</v>
       </c>
       <c r="F3">
         <v>30000</v>
       </c>
       <c r="G3">
         <v>30000</v>
       </c>
       <c r="H3">
         <v>30000</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="1">
-        <v>50000</v>
+        <v>40000</v>
       </c>
       <c r="C5">
-        <v>50000</v>
+        <v>40000</v>
       </c>
       <c r="D5">
-        <v>45000</v>
+        <v>40000</v>
       </c>
       <c r="E5">
-        <v>45000</v>
+        <v>40000</v>
       </c>
       <c r="F5">
-        <v>47000</v>
+        <v>40000</v>
       </c>
       <c r="G5">
-        <v>45000</v>
+        <v>42000</v>
       </c>
       <c r="H5">
-        <v>45000</v>
+        <v>42000</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="1">
         <v>35000</v>
       </c>
       <c r="C7">
         <v>35000</v>
       </c>
       <c r="D7">
         <v>35000</v>
       </c>
       <c r="E7">
         <v>35000</v>
       </c>
       <c r="F7">
         <v>35000</v>
       </c>
       <c r="G7">
         <v>35000</v>
       </c>
       <c r="H7">
         <v>35000</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="1">
         <v>32000</v>
       </c>
       <c r="C8">
         <v>32000</v>
       </c>
       <c r="D8">
         <v>32000</v>
       </c>
       <c r="E8">
         <v>32000</v>
       </c>
       <c r="F8">
         <v>32000</v>
       </c>
       <c r="G8">
-        <v>32000</v>
+        <v>34000</v>
       </c>
       <c r="H8">
-        <v>32000</v>
+        <v>34000</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="1">
         <v>13500</v>
       </c>
       <c r="C10">
         <v>13500</v>
       </c>
       <c r="D10">
         <v>13500</v>
       </c>
       <c r="E10">
         <v>13500</v>
       </c>
       <c r="F10">
         <v>13500</v>
       </c>
       <c r="G10">
         <v>13500</v>
       </c>
       <c r="H10">
@@ -4825,358 +4822,358 @@
       </c>
       <c r="B14" s="1">
         <v>12000</v>
       </c>
       <c r="C14">
         <v>12000</v>
       </c>
       <c r="D14">
         <v>12000</v>
       </c>
       <c r="E14">
         <v>12000</v>
       </c>
       <c r="F14">
         <v>12000</v>
       </c>
       <c r="G14">
         <v>12000</v>
       </c>
       <c r="H14">
         <v>12000</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="1">
-        <v>70000</v>
+        <v>46000</v>
       </c>
       <c r="C17">
-        <v>72000</v>
+        <v>44000</v>
       </c>
       <c r="D17">
-        <v>74000</v>
+        <v>42000</v>
       </c>
       <c r="E17">
-        <v>70000</v>
+        <v>42000</v>
       </c>
       <c r="F17">
-        <v>68000</v>
+        <v>42000</v>
       </c>
       <c r="G17">
-        <v>65000</v>
+        <v>42000</v>
       </c>
       <c r="H17">
-        <v>65000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="1">
-        <v>62000</v>
+        <v>43000</v>
       </c>
       <c r="C18">
-        <v>65000</v>
+        <v>40000</v>
       </c>
       <c r="D18">
-        <v>68000</v>
+        <v>35000</v>
       </c>
       <c r="E18">
-        <v>68000</v>
+        <v>35000</v>
       </c>
       <c r="F18">
-        <v>65000</v>
+        <v>30000</v>
       </c>
       <c r="G18">
-        <v>60000</v>
+        <v>30000</v>
       </c>
       <c r="H18">
-        <v>50000</v>
+        <v>30000</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="1">
         <v>60000</v>
       </c>
       <c r="C19">
         <v>60000</v>
       </c>
       <c r="D19">
-        <v>65000</v>
+        <v>60000</v>
       </c>
       <c r="E19">
-        <v>68000</v>
+        <v>60000</v>
       </c>
       <c r="F19">
-        <v>65000</v>
+        <v>60000</v>
       </c>
       <c r="G19">
-        <v>68000</v>
+        <v>58000</v>
       </c>
       <c r="H19">
-        <v>68000</v>
+        <v>55000</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="1">
+        <v>75000</v>
+      </c>
+      <c r="C20">
+        <v>74000</v>
+      </c>
+      <c r="D20">
+        <v>74000</v>
+      </c>
+      <c r="E20">
+        <v>74000</v>
+      </c>
+      <c r="F20">
         <v>70000</v>
       </c>
-      <c r="C20">
+      <c r="G20">
         <v>72000</v>
       </c>
-      <c r="D20">
-[...10 lines deleted...]
-      </c>
       <c r="H20">
-        <v>55000</v>
+        <v>75000</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="1">
         <v>105000</v>
       </c>
       <c r="C22">
         <v>105000</v>
       </c>
       <c r="D22">
         <v>105000</v>
       </c>
       <c r="E22">
         <v>105000</v>
       </c>
       <c r="F22">
         <v>105000</v>
       </c>
       <c r="G22">
         <v>105000</v>
       </c>
       <c r="H22">
         <v>105000</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="1">
-        <v>38000</v>
+        <v>39000</v>
       </c>
       <c r="C23">
         <v>38000</v>
       </c>
       <c r="D23">
         <v>38000</v>
       </c>
       <c r="E23">
         <v>38000</v>
       </c>
       <c r="F23">
         <v>38000</v>
       </c>
       <c r="G23">
-        <v>37000</v>
+        <v>38000</v>
       </c>
       <c r="H23">
-        <v>37000</v>
+        <v>38000</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="1">
         <v>135000</v>
       </c>
       <c r="C25">
         <v>135000</v>
       </c>
       <c r="D25">
         <v>135000</v>
       </c>
       <c r="E25">
         <v>135000</v>
       </c>
       <c r="F25">
         <v>135000</v>
       </c>
       <c r="G25">
         <v>135000</v>
       </c>
       <c r="H25">
         <v>135000</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="1">
         <v>130000</v>
       </c>
       <c r="C27">
         <v>130000</v>
       </c>
       <c r="D27">
         <v>130000</v>
       </c>
       <c r="E27">
         <v>130000</v>
       </c>
       <c r="F27">
         <v>130000</v>
       </c>
       <c r="G27">
         <v>130000</v>
       </c>
       <c r="H27">
@@ -5241,72 +5238,72 @@
       </c>
       <c r="B30" s="1">
         <v>10000</v>
       </c>
       <c r="C30">
         <v>10000</v>
       </c>
       <c r="D30">
         <v>10000</v>
       </c>
       <c r="E30">
         <v>10000</v>
       </c>
       <c r="F30">
         <v>10000</v>
       </c>
       <c r="G30">
         <v>10000</v>
       </c>
       <c r="H30">
         <v>10000</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B32" s="1">
         <v>18500</v>
       </c>
       <c r="C32">
         <v>18500</v>
       </c>
       <c r="D32">
         <v>18500</v>
       </c>
       <c r="E32">
         <v>18500</v>
       </c>
       <c r="F32">
         <v>18500</v>
       </c>
       <c r="G32">
         <v>18500</v>
       </c>
       <c r="H32">
@@ -5322,147 +5319,147 @@
       </c>
       <c r="C33">
         <v>16500</v>
       </c>
       <c r="D33">
         <v>16500</v>
       </c>
       <c r="E33">
         <v>16500</v>
       </c>
       <c r="F33">
         <v>16500</v>
       </c>
       <c r="G33">
         <v>16500</v>
       </c>
       <c r="H33">
         <v>16500</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B34" s="1">
-        <v>40000</v>
+        <v>42000</v>
       </c>
       <c r="C34">
-        <v>40000</v>
+        <v>42000</v>
       </c>
       <c r="D34">
-        <v>40000</v>
+        <v>42000</v>
       </c>
       <c r="E34">
-        <v>40000</v>
+        <v>42000</v>
       </c>
       <c r="F34">
-        <v>40000</v>
+        <v>41000</v>
       </c>
       <c r="G34">
-        <v>40000</v>
+        <v>41000</v>
       </c>
       <c r="H34">
-        <v>40000</v>
+        <v>41000</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B35" s="1">
         <v>36000</v>
       </c>
       <c r="C35">
         <v>36000</v>
       </c>
       <c r="D35">
         <v>36000</v>
       </c>
       <c r="E35">
         <v>36000</v>
       </c>
       <c r="F35">
         <v>36000</v>
       </c>
       <c r="G35">
         <v>36000</v>
       </c>
       <c r="H35">
         <v>36000</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B36" s="1">
         <v>38000</v>
       </c>
       <c r="C36">
         <v>38000</v>
       </c>
       <c r="D36">
         <v>38000</v>
       </c>
       <c r="E36">
         <v>38000</v>
       </c>
       <c r="F36">
-        <v>38000</v>
+        <v>40000</v>
       </c>
       <c r="G36">
-        <v>38000</v>
+        <v>40000</v>
       </c>
       <c r="H36">
-        <v>38000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B37" s="1">
         <v>33000</v>
       </c>
       <c r="C37">
         <v>33000</v>
       </c>
       <c r="D37">
         <v>33000</v>
       </c>
       <c r="E37">
         <v>33000</v>
       </c>
       <c r="F37">
-        <v>33000</v>
+        <v>35000</v>
       </c>
       <c r="G37">
-        <v>33000</v>
+        <v>35000</v>
       </c>
       <c r="H37">
-        <v>33000</v>
+        <v>35000</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="1">
         <v>7000</v>
       </c>
       <c r="C38">
         <v>7000</v>
       </c>
       <c r="D38">
         <v>7000</v>
       </c>
       <c r="E38">
         <v>7000</v>
       </c>
       <c r="F38">
         <v>7000</v>
       </c>
       <c r="G38">
         <v>7000</v>
       </c>
       <c r="H38">
@@ -5530,147 +5527,147 @@
       </c>
       <c r="C41">
         <v>10000</v>
       </c>
       <c r="D41">
         <v>10000</v>
       </c>
       <c r="E41">
         <v>10000</v>
       </c>
       <c r="F41">
         <v>10000</v>
       </c>
       <c r="G41">
         <v>10000</v>
       </c>
       <c r="H41">
         <v>10000</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B42" s="1">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="C42">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="D42">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="E42">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="F42">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="G42">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="H42">
-        <v>6000</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B43" s="1">
-        <v>25000</v>
+        <v>33000</v>
       </c>
       <c r="C43">
-        <v>25000</v>
+        <v>33000</v>
       </c>
       <c r="D43">
-        <v>25000</v>
+        <v>33000</v>
       </c>
       <c r="E43">
-        <v>25000</v>
+        <v>33000</v>
       </c>
       <c r="F43">
-        <v>25000</v>
+        <v>33000</v>
       </c>
       <c r="G43">
-        <v>25000</v>
+        <v>33000</v>
       </c>
       <c r="H43">
-        <v>25000</v>
+        <v>33000</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B44" s="1">
         <v>4000</v>
       </c>
       <c r="C44">
         <v>4000</v>
       </c>
       <c r="D44">
         <v>4000</v>
       </c>
       <c r="E44">
         <v>4000</v>
       </c>
       <c r="F44">
         <v>4000</v>
       </c>
       <c r="G44">
         <v>4000</v>
       </c>
       <c r="H44">
         <v>4000</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B46" s="1">
         <v>15000</v>
       </c>
       <c r="C46">
         <v>15000</v>
       </c>
       <c r="D46">
         <v>15000</v>
       </c>
       <c r="E46">
         <v>15000</v>
       </c>
       <c r="F46">
         <v>15000</v>
       </c>
       <c r="G46">
         <v>15000</v>
       </c>
       <c r="H46">
@@ -5709,72 +5706,72 @@
       </c>
       <c r="B48" s="1">
         <v>3000</v>
       </c>
       <c r="C48">
         <v>3000</v>
       </c>
       <c r="D48">
         <v>3000</v>
       </c>
       <c r="E48">
         <v>3000</v>
       </c>
       <c r="F48">
         <v>3000</v>
       </c>
       <c r="G48">
         <v>3000</v>
       </c>
       <c r="H48">
         <v>3000</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B50" s="1">
         <v>18000</v>
       </c>
       <c r="C50">
         <v>18000</v>
       </c>
       <c r="D50">
         <v>18000</v>
       </c>
       <c r="E50">
         <v>18000</v>
       </c>
       <c r="F50">
         <v>18000</v>
       </c>
       <c r="G50">
         <v>18000</v>
       </c>
       <c r="H50">
@@ -5790,69 +5787,69 @@
       </c>
       <c r="C51">
         <v>21000</v>
       </c>
       <c r="D51">
         <v>21000</v>
       </c>
       <c r="E51">
         <v>21000</v>
       </c>
       <c r="F51">
         <v>21000</v>
       </c>
       <c r="G51">
         <v>21000</v>
       </c>
       <c r="H51">
         <v>21000</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="1">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="C52">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="D52">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="E52">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="F52">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="G52">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="H52">
-        <v>16000</v>
+        <v>15700</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B53" s="1">
         <v>14000</v>
       </c>
       <c r="C53">
         <v>14000</v>
       </c>
       <c r="D53">
         <v>14000</v>
       </c>
       <c r="E53">
         <v>14000</v>
       </c>
       <c r="F53">
         <v>14000</v>
       </c>
       <c r="G53">
         <v>14000</v>
       </c>
       <c r="H53">
@@ -5995,176 +5992,176 @@
       </c>
       <c r="B59" s="1">
         <v>12000</v>
       </c>
       <c r="C59">
         <v>12000</v>
       </c>
       <c r="D59">
         <v>12000</v>
       </c>
       <c r="E59">
         <v>12000</v>
       </c>
       <c r="F59">
         <v>12000</v>
       </c>
       <c r="G59">
         <v>12000</v>
       </c>
       <c r="H59">
         <v>12000</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="2" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B61" s="1">
         <v>42500</v>
       </c>
       <c r="C61">
         <v>42500</v>
       </c>
       <c r="D61">
         <v>42500</v>
       </c>
       <c r="E61">
         <v>42500</v>
       </c>
       <c r="F61">
         <v>42500</v>
       </c>
       <c r="G61">
         <v>42500</v>
       </c>
       <c r="H61">
         <v>42500</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B62" s="1">
         <v>29000</v>
       </c>
       <c r="C62">
         <v>29000</v>
       </c>
       <c r="D62">
-        <v>30000</v>
+        <v>29000</v>
       </c>
       <c r="E62">
-        <v>30000</v>
+        <v>29000</v>
       </c>
       <c r="F62">
         <v>29000</v>
       </c>
       <c r="G62">
         <v>29000</v>
       </c>
       <c r="H62">
         <v>29000</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B63" s="1">
         <v>11000</v>
       </c>
       <c r="C63">
         <v>11000</v>
       </c>
       <c r="D63">
         <v>11000</v>
       </c>
       <c r="E63">
         <v>11000</v>
       </c>
       <c r="F63">
         <v>11000</v>
       </c>
       <c r="G63">
         <v>11000</v>
       </c>
       <c r="H63">
         <v>11000</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B65" s="1">
         <v>12000</v>
       </c>
       <c r="C65">
         <v>12000</v>
       </c>
       <c r="D65">
         <v>12000</v>
       </c>
       <c r="E65">
         <v>12000</v>
       </c>
       <c r="F65">
         <v>12000</v>
       </c>
       <c r="G65">
         <v>12000</v>
       </c>
       <c r="H65">
@@ -6332,202 +6329,202 @@
       </c>
       <c r="B3" s="1">
         <v>30000</v>
       </c>
       <c r="C3">
         <v>30000</v>
       </c>
       <c r="D3">
         <v>30000</v>
       </c>
       <c r="E3">
         <v>30000</v>
       </c>
       <c r="F3">
         <v>30000</v>
       </c>
       <c r="G3">
         <v>30000</v>
       </c>
       <c r="H3">
         <v>30000</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="1">
-        <v>50000</v>
+        <v>40000</v>
       </c>
       <c r="C5">
-        <v>50000</v>
+        <v>40000</v>
       </c>
       <c r="D5">
-        <v>48000</v>
+        <v>40000</v>
       </c>
       <c r="E5">
-        <v>48000</v>
+        <v>40000</v>
       </c>
       <c r="F5">
-        <v>48000</v>
+        <v>40000</v>
       </c>
       <c r="G5">
-        <v>46000</v>
+        <v>43000</v>
       </c>
       <c r="H5">
-        <v>46000</v>
+        <v>43000</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="1">
         <v>36000</v>
       </c>
       <c r="C7">
         <v>36000</v>
       </c>
       <c r="D7">
         <v>36000</v>
       </c>
       <c r="E7">
         <v>36000</v>
       </c>
       <c r="F7">
         <v>36000</v>
       </c>
       <c r="G7">
         <v>36000</v>
       </c>
       <c r="H7">
         <v>36000</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="1">
-        <v>32000</v>
+        <v>34000</v>
       </c>
       <c r="C8">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="D8">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="E8">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="F8">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="G8">
-        <v>32000</v>
+        <v>35000</v>
       </c>
       <c r="H8">
-        <v>32000</v>
+        <v>35000</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="1">
         <v>13500</v>
       </c>
       <c r="C10">
         <v>13500</v>
       </c>
       <c r="D10">
         <v>13500</v>
       </c>
       <c r="E10">
         <v>13500</v>
       </c>
       <c r="F10">
         <v>13500</v>
       </c>
       <c r="G10">
         <v>13500</v>
       </c>
       <c r="H10">
@@ -6618,358 +6615,358 @@
       </c>
       <c r="B14" s="1">
         <v>12500</v>
       </c>
       <c r="C14">
         <v>12500</v>
       </c>
       <c r="D14">
         <v>12500</v>
       </c>
       <c r="E14">
         <v>12500</v>
       </c>
       <c r="F14">
         <v>12500</v>
       </c>
       <c r="G14">
         <v>12500</v>
       </c>
       <c r="H14">
         <v>12500</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="1">
-        <v>72000</v>
+        <v>48000</v>
       </c>
       <c r="C17">
-        <v>75000</v>
+        <v>46000</v>
       </c>
       <c r="D17">
-        <v>75000</v>
+        <v>44000</v>
       </c>
       <c r="E17">
-        <v>72000</v>
+        <v>44000</v>
       </c>
       <c r="F17">
-        <v>70000</v>
+        <v>44000</v>
       </c>
       <c r="G17">
-        <v>68000</v>
+        <v>44000</v>
       </c>
       <c r="H17">
-        <v>68000</v>
+        <v>42000</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="1">
-        <v>65000</v>
+        <v>45000</v>
       </c>
       <c r="C18">
-        <v>68000</v>
+        <v>43000</v>
       </c>
       <c r="D18">
-        <v>68000</v>
+        <v>38000</v>
       </c>
       <c r="E18">
-        <v>68000</v>
+        <v>38000</v>
       </c>
       <c r="F18">
-        <v>65000</v>
+        <v>34000</v>
       </c>
       <c r="G18">
-        <v>60000</v>
+        <v>32000</v>
       </c>
       <c r="H18">
-        <v>55000</v>
+        <v>32000</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="1">
-        <v>63000</v>
+        <v>60000</v>
       </c>
       <c r="C19">
-        <v>63000</v>
+        <v>60000</v>
       </c>
       <c r="D19">
-        <v>65000</v>
+        <v>60000</v>
       </c>
       <c r="E19">
-        <v>68000</v>
+        <v>60000</v>
       </c>
       <c r="F19">
-        <v>65000</v>
+        <v>60000</v>
       </c>
       <c r="G19">
-        <v>65000</v>
+        <v>60000</v>
       </c>
       <c r="H19">
-        <v>68000</v>
+        <v>58000</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="1">
-        <v>70000</v>
+        <v>78000</v>
       </c>
       <c r="C20">
-        <v>74000</v>
+        <v>75000</v>
       </c>
       <c r="D20">
+        <v>75000</v>
+      </c>
+      <c r="E20">
+        <v>75000</v>
+      </c>
+      <c r="F20">
         <v>72000</v>
       </c>
-      <c r="E20">
-[...4 lines deleted...]
-      </c>
       <c r="G20">
-        <v>58000</v>
+        <v>75000</v>
       </c>
       <c r="H20">
-        <v>58000</v>
+        <v>78000</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="1">
         <v>100000</v>
       </c>
       <c r="C22">
         <v>100000</v>
       </c>
       <c r="D22">
         <v>100000</v>
       </c>
       <c r="E22">
         <v>100000</v>
       </c>
       <c r="F22">
         <v>100000</v>
       </c>
       <c r="G22">
         <v>100000</v>
       </c>
       <c r="H22">
         <v>100000</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="1">
-        <v>38000</v>
+        <v>40000</v>
       </c>
       <c r="C23">
         <v>39000</v>
       </c>
       <c r="D23">
         <v>39000</v>
       </c>
       <c r="E23">
         <v>39000</v>
       </c>
       <c r="F23">
         <v>39000</v>
       </c>
       <c r="G23">
-        <v>38000</v>
+        <v>39000</v>
       </c>
       <c r="H23">
-        <v>38000</v>
+        <v>39000</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="1">
         <v>135000</v>
       </c>
       <c r="C25">
         <v>135000</v>
       </c>
       <c r="D25">
         <v>135000</v>
       </c>
       <c r="E25">
         <v>135000</v>
       </c>
       <c r="F25">
         <v>135000</v>
       </c>
       <c r="G25">
         <v>135000</v>
       </c>
       <c r="H25">
         <v>135000</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="1">
         <v>130000</v>
       </c>
       <c r="C27">
         <v>130000</v>
       </c>
       <c r="D27">
         <v>130000</v>
       </c>
       <c r="E27">
         <v>130000</v>
       </c>
       <c r="F27">
         <v>130000</v>
       </c>
       <c r="G27">
         <v>130000</v>
       </c>
       <c r="H27">
@@ -7034,72 +7031,72 @@
       </c>
       <c r="B30" s="1">
         <v>10000</v>
       </c>
       <c r="C30">
         <v>10000</v>
       </c>
       <c r="D30">
         <v>10000</v>
       </c>
       <c r="E30">
         <v>10000</v>
       </c>
       <c r="F30">
         <v>10000</v>
       </c>
       <c r="G30">
         <v>10000</v>
       </c>
       <c r="H30">
         <v>10000</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B32" s="1">
         <v>18000</v>
       </c>
       <c r="C32">
         <v>18000</v>
       </c>
       <c r="D32">
         <v>18000</v>
       </c>
       <c r="E32">
         <v>18000</v>
       </c>
       <c r="F32">
         <v>18000</v>
       </c>
       <c r="G32">
         <v>18000</v>
       </c>
       <c r="H32">
@@ -7115,60 +7112,60 @@
       </c>
       <c r="C33">
         <v>17000</v>
       </c>
       <c r="D33">
         <v>17000</v>
       </c>
       <c r="E33">
         <v>17000</v>
       </c>
       <c r="F33">
         <v>17000</v>
       </c>
       <c r="G33">
         <v>17000</v>
       </c>
       <c r="H33">
         <v>17000</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B34" s="1">
-        <v>42000</v>
+        <v>43000</v>
       </c>
       <c r="C34">
-        <v>42000</v>
+        <v>43000</v>
       </c>
       <c r="D34">
-        <v>42000</v>
+        <v>43000</v>
       </c>
       <c r="E34">
-        <v>42000</v>
+        <v>43000</v>
       </c>
       <c r="F34">
         <v>42000</v>
       </c>
       <c r="G34">
         <v>42000</v>
       </c>
       <c r="H34">
         <v>42000</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B35" s="1">
         <v>36000</v>
       </c>
       <c r="C35">
         <v>36000</v>
       </c>
       <c r="D35">
         <v>36000</v>
       </c>
       <c r="E35">
@@ -7179,83 +7176,83 @@
       </c>
       <c r="G35">
         <v>36000</v>
       </c>
       <c r="H35">
         <v>36000</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B36" s="1">
         <v>37000</v>
       </c>
       <c r="C36">
         <v>37000</v>
       </c>
       <c r="D36">
         <v>37000</v>
       </c>
       <c r="E36">
         <v>37000</v>
       </c>
       <c r="F36">
-        <v>37000</v>
+        <v>38000</v>
       </c>
       <c r="G36">
-        <v>37000</v>
+        <v>38000</v>
       </c>
       <c r="H36">
-        <v>37000</v>
+        <v>38000</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B37" s="1">
         <v>33000</v>
       </c>
       <c r="C37">
         <v>33000</v>
       </c>
       <c r="D37">
         <v>33000</v>
       </c>
       <c r="E37">
         <v>33000</v>
       </c>
       <c r="F37">
-        <v>33000</v>
+        <v>35000</v>
       </c>
       <c r="G37">
-        <v>33000</v>
+        <v>35000</v>
       </c>
       <c r="H37">
-        <v>33000</v>
+        <v>35000</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="1">
         <v>7000</v>
       </c>
       <c r="C38">
         <v>7000</v>
       </c>
       <c r="D38">
         <v>7000</v>
       </c>
       <c r="E38">
         <v>7000</v>
       </c>
       <c r="F38">
         <v>7000</v>
       </c>
       <c r="G38">
         <v>7000</v>
       </c>
       <c r="H38">
@@ -7323,173 +7320,173 @@
       </c>
       <c r="C41">
         <v>12000</v>
       </c>
       <c r="D41">
         <v>12000</v>
       </c>
       <c r="E41">
         <v>12000</v>
       </c>
       <c r="F41">
         <v>12000</v>
       </c>
       <c r="G41">
         <v>12000</v>
       </c>
       <c r="H41">
         <v>12000</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B42" s="1">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="C42">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="D42">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="E42">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="F42">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="G42">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="H42">
-        <v>7000</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B43" s="1">
-        <v>24000</v>
+        <v>35000</v>
       </c>
       <c r="C43">
-        <v>24000</v>
+        <v>35000</v>
       </c>
       <c r="D43">
-        <v>24000</v>
+        <v>35000</v>
       </c>
       <c r="E43">
-        <v>24000</v>
+        <v>35000</v>
       </c>
       <c r="F43">
-        <v>24000</v>
+        <v>35000</v>
       </c>
       <c r="G43">
-        <v>24000</v>
+        <v>35000</v>
       </c>
       <c r="H43">
-        <v>24000</v>
+        <v>35000</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B44" s="1">
         <v>4000</v>
       </c>
       <c r="C44">
         <v>4000</v>
       </c>
       <c r="D44">
         <v>4000</v>
       </c>
       <c r="E44">
         <v>4000</v>
       </c>
       <c r="F44">
         <v>4000</v>
       </c>
       <c r="G44">
         <v>4000</v>
       </c>
       <c r="H44">
         <v>4000</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B46" s="1">
-        <v>16000</v>
+        <v>15000</v>
       </c>
       <c r="C46">
-        <v>16000</v>
+        <v>15000</v>
       </c>
       <c r="D46">
-        <v>16000</v>
+        <v>15000</v>
       </c>
       <c r="E46">
-        <v>16000</v>
+        <v>15000</v>
       </c>
       <c r="F46">
-        <v>16000</v>
+        <v>15000</v>
       </c>
       <c r="G46">
-        <v>16000</v>
+        <v>15000</v>
       </c>
       <c r="H46">
-        <v>16000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B47" s="1">
         <v>5000</v>
       </c>
       <c r="C47">
         <v>5000</v>
       </c>
       <c r="D47">
         <v>5000</v>
       </c>
       <c r="E47">
         <v>5000</v>
       </c>
       <c r="F47">
         <v>5000</v>
       </c>
       <c r="G47">
         <v>5000</v>
       </c>
       <c r="H47">
@@ -7502,72 +7499,72 @@
       </c>
       <c r="B48" s="1">
         <v>3000</v>
       </c>
       <c r="C48">
         <v>3000</v>
       </c>
       <c r="D48">
         <v>3000</v>
       </c>
       <c r="E48">
         <v>3000</v>
       </c>
       <c r="F48">
         <v>3000</v>
       </c>
       <c r="G48">
         <v>3000</v>
       </c>
       <c r="H48">
         <v>3000</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B50" s="1">
         <v>18500</v>
       </c>
       <c r="C50">
         <v>18500</v>
       </c>
       <c r="D50">
         <v>18500</v>
       </c>
       <c r="E50">
         <v>18500</v>
       </c>
       <c r="F50">
         <v>18500</v>
       </c>
       <c r="G50">
         <v>18500</v>
       </c>
       <c r="H50">
@@ -7583,69 +7580,69 @@
       </c>
       <c r="C51">
         <v>20000</v>
       </c>
       <c r="D51">
         <v>20000</v>
       </c>
       <c r="E51">
         <v>20000</v>
       </c>
       <c r="F51">
         <v>20000</v>
       </c>
       <c r="G51">
         <v>20000</v>
       </c>
       <c r="H51">
         <v>20000</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="1">
-        <v>16200</v>
+        <v>15700</v>
       </c>
       <c r="C52">
-        <v>16200</v>
+        <v>15700</v>
       </c>
       <c r="D52">
-        <v>16200</v>
+        <v>15700</v>
       </c>
       <c r="E52">
-        <v>16200</v>
+        <v>15700</v>
       </c>
       <c r="F52">
-        <v>16200</v>
+        <v>15700</v>
       </c>
       <c r="G52">
-        <v>16200</v>
+        <v>15700</v>
       </c>
       <c r="H52">
-        <v>16200</v>
+        <v>15700</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B53" s="1">
         <v>14000</v>
       </c>
       <c r="C53">
         <v>14000</v>
       </c>
       <c r="D53">
         <v>14000</v>
       </c>
       <c r="E53">
         <v>14000</v>
       </c>
       <c r="F53">
         <v>14000</v>
       </c>
       <c r="G53">
         <v>14000</v>
       </c>
       <c r="H53">
@@ -7788,72 +7785,72 @@
       </c>
       <c r="B59" s="1">
         <v>12000</v>
       </c>
       <c r="C59">
         <v>12000</v>
       </c>
       <c r="D59">
         <v>12000</v>
       </c>
       <c r="E59">
         <v>12000</v>
       </c>
       <c r="F59">
         <v>12000</v>
       </c>
       <c r="G59">
         <v>12000</v>
       </c>
       <c r="H59">
         <v>12000</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="2" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B61" s="1">
         <v>42500</v>
       </c>
       <c r="C61">
         <v>42500</v>
       </c>
       <c r="D61">
         <v>42500</v>
       </c>
       <c r="E61">
         <v>42500</v>
       </c>
       <c r="F61">
         <v>42500</v>
       </c>
       <c r="G61">
         <v>42500</v>
       </c>
       <c r="H61">
@@ -7892,72 +7889,72 @@
       </c>
       <c r="B63" s="1">
         <v>11000</v>
       </c>
       <c r="C63">
         <v>11000</v>
       </c>
       <c r="D63">
         <v>11000</v>
       </c>
       <c r="E63">
         <v>11000</v>
       </c>
       <c r="F63">
         <v>11000</v>
       </c>
       <c r="G63">
         <v>11000</v>
       </c>
       <c r="H63">
         <v>11000</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B65" s="1">
         <v>12000</v>
       </c>
       <c r="C65">
         <v>12000</v>
       </c>
       <c r="D65">
         <v>12000</v>
       </c>
       <c r="E65">
         <v>12000</v>
       </c>
       <c r="F65">
         <v>12000</v>
       </c>
       <c r="G65">
         <v>12000</v>
       </c>
       <c r="H65">
@@ -8102,233 +8099,233 @@
       </c>
       <c r="C2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="1">
-        <v>30000</v>
+        <v>33000</v>
       </c>
       <c r="C3">
-        <v>30000</v>
+        <v>33000</v>
       </c>
       <c r="D3">
-        <v>30000</v>
+        <v>33000</v>
       </c>
       <c r="E3">
-        <v>30000</v>
+        <v>33000</v>
       </c>
       <c r="F3">
-        <v>30000</v>
+        <v>33000</v>
       </c>
       <c r="G3">
-        <v>30000</v>
+        <v>33000</v>
       </c>
       <c r="H3">
-        <v>30000</v>
+        <v>33000</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="1">
-        <v>48000</v>
+        <v>40000</v>
       </c>
       <c r="C5">
-        <v>48000</v>
+        <v>40000</v>
       </c>
       <c r="D5">
-        <v>45000</v>
+        <v>40000</v>
       </c>
       <c r="E5">
-        <v>48000</v>
+        <v>40000</v>
       </c>
       <c r="F5">
-        <v>48000</v>
+        <v>40000</v>
       </c>
       <c r="G5">
-        <v>45000</v>
+        <v>42000</v>
       </c>
       <c r="H5">
-        <v>45000</v>
+        <v>42000</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="1">
-        <v>37000</v>
+        <v>36000</v>
       </c>
       <c r="C7">
-        <v>37000</v>
+        <v>36000</v>
       </c>
       <c r="D7">
-        <v>37000</v>
+        <v>36000</v>
       </c>
       <c r="E7">
-        <v>37000</v>
+        <v>36000</v>
       </c>
       <c r="F7">
-        <v>37000</v>
+        <v>36000</v>
       </c>
       <c r="G7">
-        <v>37000</v>
+        <v>36000</v>
       </c>
       <c r="H7">
-        <v>37000</v>
+        <v>36000</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="1">
         <v>33000</v>
       </c>
       <c r="C8">
         <v>33000</v>
       </c>
       <c r="D8">
         <v>33000</v>
       </c>
       <c r="E8">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="F8">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="G8">
-        <v>32000</v>
+        <v>35000</v>
       </c>
       <c r="H8">
-        <v>32000</v>
+        <v>35000</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="1">
-        <v>13600</v>
+        <v>13500</v>
       </c>
       <c r="C10">
         <v>13500</v>
       </c>
       <c r="D10">
         <v>13500</v>
       </c>
       <c r="E10">
         <v>13500</v>
       </c>
       <c r="F10">
         <v>13500</v>
       </c>
       <c r="G10">
         <v>13500</v>
       </c>
       <c r="H10">
         <v>13500</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="1">
@@ -8411,358 +8408,358 @@
       </c>
       <c r="B14" s="1">
         <v>12500</v>
       </c>
       <c r="C14">
         <v>12500</v>
       </c>
       <c r="D14">
         <v>12500</v>
       </c>
       <c r="E14">
         <v>12500</v>
       </c>
       <c r="F14">
         <v>12500</v>
       </c>
       <c r="G14">
         <v>12500</v>
       </c>
       <c r="H14">
         <v>12500</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="1">
-        <v>70000</v>
+        <v>47000</v>
       </c>
       <c r="C17">
-        <v>72000</v>
+        <v>46000</v>
       </c>
       <c r="D17">
-        <v>72000</v>
+        <v>44000</v>
       </c>
       <c r="E17">
-        <v>68000</v>
+        <v>44000</v>
       </c>
       <c r="F17">
-        <v>68000</v>
+        <v>44000</v>
       </c>
       <c r="G17">
-        <v>65000</v>
+        <v>44000</v>
       </c>
       <c r="H17">
-        <v>65000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="1">
-        <v>65000</v>
+        <v>43000</v>
       </c>
       <c r="C18">
-        <v>65000</v>
+        <v>42000</v>
       </c>
       <c r="D18">
-        <v>65000</v>
+        <v>38000</v>
       </c>
       <c r="E18">
-        <v>65000</v>
+        <v>38000</v>
       </c>
       <c r="F18">
-        <v>64000</v>
+        <v>34000</v>
       </c>
       <c r="G18">
-        <v>60000</v>
+        <v>30000</v>
       </c>
       <c r="H18">
-        <v>52000</v>
+        <v>30000</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="1">
         <v>60000</v>
       </c>
       <c r="C19">
         <v>60000</v>
       </c>
       <c r="D19">
-        <v>63000</v>
+        <v>60000</v>
       </c>
       <c r="E19">
-        <v>70000</v>
+        <v>60000</v>
       </c>
       <c r="F19">
-        <v>68000</v>
+        <v>60000</v>
       </c>
       <c r="G19">
-        <v>68000</v>
+        <v>58000</v>
       </c>
       <c r="H19">
-        <v>68000</v>
+        <v>55000</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="1">
-        <v>70000</v>
+        <v>75000</v>
       </c>
       <c r="C20">
+        <v>74000</v>
+      </c>
+      <c r="D20">
+        <v>74000</v>
+      </c>
+      <c r="E20">
+        <v>74000</v>
+      </c>
+      <c r="F20">
         <v>72000</v>
       </c>
-      <c r="D20">
-[...7 lines deleted...]
-      </c>
       <c r="G20">
-        <v>58000</v>
+        <v>75000</v>
       </c>
       <c r="H20">
-        <v>55000</v>
+        <v>78000</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H21" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="1">
         <v>100000</v>
       </c>
       <c r="C22">
         <v>100000</v>
       </c>
       <c r="D22">
         <v>100000</v>
       </c>
       <c r="E22">
         <v>100000</v>
       </c>
       <c r="F22">
         <v>100000</v>
       </c>
       <c r="G22">
         <v>100000</v>
       </c>
       <c r="H22">
         <v>100000</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B23" s="1">
-        <v>37000</v>
+        <v>39000</v>
       </c>
       <c r="C23">
-        <v>37000</v>
+        <v>39000</v>
       </c>
       <c r="D23">
-        <v>37000</v>
+        <v>39000</v>
       </c>
       <c r="E23">
-        <v>37000</v>
+        <v>39000</v>
       </c>
       <c r="F23">
-        <v>37000</v>
+        <v>39000</v>
       </c>
       <c r="G23">
-        <v>37000</v>
+        <v>39000</v>
       </c>
       <c r="H23">
-        <v>37000</v>
+        <v>39000</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H24" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="1">
         <v>135000</v>
       </c>
       <c r="C25">
         <v>135000</v>
       </c>
       <c r="D25">
         <v>135000</v>
       </c>
       <c r="E25">
         <v>135000</v>
       </c>
       <c r="F25">
         <v>135000</v>
       </c>
       <c r="G25">
         <v>135000</v>
       </c>
       <c r="H25">
         <v>135000</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H26" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="1">
         <v>130000</v>
       </c>
       <c r="C27">
         <v>130000</v>
       </c>
       <c r="D27">
         <v>130000</v>
       </c>
       <c r="E27">
         <v>130000</v>
       </c>
       <c r="F27">
         <v>130000</v>
       </c>
       <c r="G27">
         <v>130000</v>
       </c>
       <c r="H27">
@@ -8827,72 +8824,72 @@
       </c>
       <c r="B30" s="1">
         <v>10000</v>
       </c>
       <c r="C30">
         <v>10000</v>
       </c>
       <c r="D30">
         <v>10000</v>
       </c>
       <c r="E30">
         <v>10000</v>
       </c>
       <c r="F30">
         <v>10000</v>
       </c>
       <c r="G30">
         <v>10000</v>
       </c>
       <c r="H30">
         <v>10000</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H31" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B32" s="1">
         <v>18000</v>
       </c>
       <c r="C32">
         <v>18000</v>
       </c>
       <c r="D32">
         <v>18000</v>
       </c>
       <c r="E32">
         <v>18000</v>
       </c>
       <c r="F32">
         <v>18000</v>
       </c>
       <c r="G32">
         <v>18000</v>
       </c>
       <c r="H32">
@@ -8920,135 +8917,135 @@
       </c>
       <c r="G33">
         <v>17000</v>
       </c>
       <c r="H33">
         <v>17000</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B34" s="1">
         <v>42000</v>
       </c>
       <c r="C34">
         <v>42000</v>
       </c>
       <c r="D34">
         <v>42000</v>
       </c>
       <c r="E34">
         <v>42000</v>
       </c>
       <c r="F34">
-        <v>42000</v>
+        <v>41000</v>
       </c>
       <c r="G34">
-        <v>42000</v>
+        <v>41000</v>
       </c>
       <c r="H34">
-        <v>42000</v>
+        <v>41000</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B35" s="1">
         <v>36000</v>
       </c>
       <c r="C35">
         <v>36000</v>
       </c>
       <c r="D35">
         <v>36000</v>
       </c>
       <c r="E35">
         <v>36000</v>
       </c>
       <c r="F35">
         <v>36000</v>
       </c>
       <c r="G35">
         <v>36000</v>
       </c>
       <c r="H35">
         <v>36000</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B36" s="1">
         <v>37000</v>
       </c>
       <c r="C36">
         <v>37000</v>
       </c>
       <c r="D36">
         <v>37000</v>
       </c>
       <c r="E36">
         <v>37000</v>
       </c>
       <c r="F36">
-        <v>37000</v>
+        <v>38000</v>
       </c>
       <c r="G36">
-        <v>37000</v>
+        <v>38000</v>
       </c>
       <c r="H36">
-        <v>37000</v>
+        <v>38000</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B37" s="1">
         <v>32000</v>
       </c>
       <c r="C37">
         <v>32000</v>
       </c>
       <c r="D37">
         <v>32000</v>
       </c>
       <c r="E37">
         <v>32000</v>
       </c>
       <c r="F37">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="G37">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="H37">
-        <v>32000</v>
+        <v>33000</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="1">
         <v>7000</v>
       </c>
       <c r="C38">
         <v>7000</v>
       </c>
       <c r="D38">
         <v>7000</v>
       </c>
       <c r="E38">
         <v>7000</v>
       </c>
       <c r="F38">
         <v>7000</v>
       </c>
       <c r="G38">
         <v>7000</v>
       </c>
       <c r="H38">
@@ -9116,147 +9113,147 @@
       </c>
       <c r="C41">
         <v>11000</v>
       </c>
       <c r="D41">
         <v>11000</v>
       </c>
       <c r="E41">
         <v>11000</v>
       </c>
       <c r="F41">
         <v>11000</v>
       </c>
       <c r="G41">
         <v>11000</v>
       </c>
       <c r="H41">
         <v>11000</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B42" s="1">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="C42">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="D42">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="E42">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="F42">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="G42">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="H42">
-        <v>6000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B43" s="1">
-        <v>24000</v>
+        <v>33000</v>
       </c>
       <c r="C43">
-        <v>24000</v>
+        <v>33000</v>
       </c>
       <c r="D43">
-        <v>24000</v>
+        <v>33000</v>
       </c>
       <c r="E43">
-        <v>24000</v>
+        <v>33000</v>
       </c>
       <c r="F43">
-        <v>24000</v>
+        <v>33000</v>
       </c>
       <c r="G43">
-        <v>24000</v>
+        <v>33000</v>
       </c>
       <c r="H43">
-        <v>24000</v>
+        <v>33000</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B44" s="1">
         <v>4000</v>
       </c>
       <c r="C44">
         <v>4000</v>
       </c>
       <c r="D44">
         <v>4000</v>
       </c>
       <c r="E44">
         <v>4000</v>
       </c>
       <c r="F44">
         <v>4000</v>
       </c>
       <c r="G44">
         <v>4000</v>
       </c>
       <c r="H44">
         <v>4000</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B46" s="1">
         <v>14000</v>
       </c>
       <c r="C46">
         <v>14000</v>
       </c>
       <c r="D46">
         <v>14000</v>
       </c>
       <c r="E46">
         <v>14000</v>
       </c>
       <c r="F46">
         <v>14000</v>
       </c>
       <c r="G46">
         <v>14000</v>
       </c>
       <c r="H46">
@@ -9295,72 +9292,72 @@
       </c>
       <c r="B48" s="1">
         <v>3000</v>
       </c>
       <c r="C48">
         <v>3000</v>
       </c>
       <c r="D48">
         <v>3000</v>
       </c>
       <c r="E48">
         <v>3000</v>
       </c>
       <c r="F48">
         <v>3000</v>
       </c>
       <c r="G48">
         <v>3000</v>
       </c>
       <c r="H48">
         <v>3000</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H49" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B50" s="1">
         <v>18500</v>
       </c>
       <c r="C50">
         <v>18500</v>
       </c>
       <c r="D50">
         <v>18500</v>
       </c>
       <c r="E50">
         <v>18500</v>
       </c>
       <c r="F50">
         <v>18500</v>
       </c>
       <c r="G50">
         <v>18500</v>
       </c>
       <c r="H50">
@@ -9376,69 +9373,69 @@
       </c>
       <c r="C51">
         <v>20000</v>
       </c>
       <c r="D51">
         <v>20000</v>
       </c>
       <c r="E51">
         <v>20000</v>
       </c>
       <c r="F51">
         <v>20000</v>
       </c>
       <c r="G51">
         <v>20000</v>
       </c>
       <c r="H51">
         <v>20000</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="1">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="C52">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="D52">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="E52">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="F52">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="G52">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="H52">
-        <v>16000</v>
+        <v>15700</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B53" s="1">
         <v>14000</v>
       </c>
       <c r="C53">
         <v>14000</v>
       </c>
       <c r="D53">
         <v>14000</v>
       </c>
       <c r="E53">
         <v>14000</v>
       </c>
       <c r="F53">
         <v>14000</v>
       </c>
       <c r="G53">
         <v>14000</v>
       </c>
       <c r="H53">
@@ -9581,176 +9578,176 @@
       </c>
       <c r="B59" s="1">
         <v>11500</v>
       </c>
       <c r="C59">
         <v>11500</v>
       </c>
       <c r="D59">
         <v>11500</v>
       </c>
       <c r="E59">
         <v>11500</v>
       </c>
       <c r="F59">
         <v>11500</v>
       </c>
       <c r="G59">
         <v>11500</v>
       </c>
       <c r="H59">
         <v>11500</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="2" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H60" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B61" s="1">
         <v>43350</v>
       </c>
       <c r="C61">
         <v>43350</v>
       </c>
       <c r="D61">
         <v>43350</v>
       </c>
       <c r="E61">
         <v>43350</v>
       </c>
       <c r="F61">
         <v>43350</v>
       </c>
       <c r="G61">
         <v>43350</v>
       </c>
       <c r="H61">
         <v>43350</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B62" s="1">
-        <v>30000</v>
+        <v>28000</v>
       </c>
       <c r="C62">
-        <v>30000</v>
+        <v>28000</v>
       </c>
       <c r="D62">
-        <v>30000</v>
+        <v>28000</v>
       </c>
       <c r="E62">
-        <v>29000</v>
+        <v>28000</v>
       </c>
       <c r="F62">
-        <v>29000</v>
+        <v>28000</v>
       </c>
       <c r="G62">
-        <v>29000</v>
+        <v>28000</v>
       </c>
       <c r="H62">
-        <v>29000</v>
+        <v>28000</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B63" s="1">
         <v>10500</v>
       </c>
       <c r="C63">
         <v>10500</v>
       </c>
       <c r="D63">
         <v>10500</v>
       </c>
       <c r="E63">
         <v>10500</v>
       </c>
       <c r="F63">
         <v>10500</v>
       </c>
       <c r="G63">
         <v>10500</v>
       </c>
       <c r="H63">
         <v>10500</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H64" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B65" s="1">
         <v>12500</v>
       </c>
       <c r="C65">
         <v>12500</v>
       </c>
       <c r="D65">
         <v>12500</v>
       </c>
       <c r="E65">
         <v>12500</v>
       </c>
       <c r="F65">
         <v>12500</v>
       </c>
       <c r="G65">
         <v>12500</v>
       </c>
       <c r="H65">
@@ -9894,1760 +9891,1760 @@
         <v>5</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="B3" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B3" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D3">
+        <v>31000</v>
+      </c>
+      <c r="E3">
+        <v>31000</v>
+      </c>
+      <c r="F3" t="s">
+        <v>121</v>
+      </c>
+      <c r="G3" t="s">
+        <v>121</v>
+      </c>
+      <c r="H3">
+        <v>31000</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
-        <v>121</v>
-[...7 lines deleted...]
-      <c r="D4">
+        <v>120</v>
+      </c>
+      <c r="B4" s="1">
         <v>2800</v>
       </c>
-      <c r="E4">
+      <c r="C4">
         <v>2800</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="D4" t="s">
+        <v>121</v>
+      </c>
+      <c r="E4" t="s">
+        <v>121</v>
+      </c>
+      <c r="F4">
         <v>2800</v>
+      </c>
+      <c r="G4">
+        <v>2800</v>
+      </c>
+      <c r="H4" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B5" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D5">
+        <v>40000</v>
+      </c>
+      <c r="E5">
+        <v>42333</v>
+      </c>
+      <c r="F5" t="s">
+        <v>121</v>
+      </c>
+      <c r="G5" t="s">
+        <v>121</v>
+      </c>
+      <c r="H5">
+        <v>42333</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="B6" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6">
+      <c r="B6" s="1">
         <v>3400</v>
       </c>
-      <c r="E6">
+      <c r="C6">
         <v>3400</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6">
+      <c r="D6" t="s">
+        <v>121</v>
+      </c>
+      <c r="E6" t="s">
+        <v>121</v>
+      </c>
+      <c r="F6">
         <v>3400</v>
+      </c>
+      <c r="G6">
+        <v>3400</v>
+      </c>
+      <c r="H6" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B7" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B7" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C7" t="s">
+        <v>121</v>
+      </c>
+      <c r="D7">
+        <v>35667</v>
+      </c>
+      <c r="E7">
+        <v>35667</v>
+      </c>
+      <c r="F7" t="s">
+        <v>121</v>
+      </c>
+      <c r="G7" t="s">
+        <v>121</v>
+      </c>
+      <c r="H7">
+        <v>35667</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B8" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B8" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C8" t="s">
+        <v>121</v>
+      </c>
+      <c r="D8">
+        <v>32667</v>
+      </c>
+      <c r="E8">
+        <v>34667</v>
+      </c>
+      <c r="F8" t="s">
+        <v>121</v>
+      </c>
+      <c r="G8" t="s">
+        <v>121</v>
+      </c>
+      <c r="H8">
+        <v>34667</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2" t="s">
-        <v>124</v>
-[...20 lines deleted...]
-        <v>199800</v>
+        <v>123</v>
+      </c>
+      <c r="B9" s="1">
+        <v>207800</v>
+      </c>
+      <c r="C9">
+        <v>207800</v>
+      </c>
+      <c r="D9" t="s">
+        <v>121</v>
+      </c>
+      <c r="E9" t="s">
+        <v>121</v>
+      </c>
+      <c r="F9">
+        <v>207800</v>
+      </c>
+      <c r="G9">
+        <v>207300</v>
+      </c>
+      <c r="H9" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="1">
+      <c r="B10" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C10" t="s">
+        <v>121</v>
+      </c>
+      <c r="D10">
         <v>13500</v>
       </c>
-      <c r="C10">
+      <c r="E10">
         <v>13500</v>
       </c>
-      <c r="D10" t="s">
-[...5 lines deleted...]
-      <c r="F10">
+      <c r="F10" t="s">
+        <v>121</v>
+      </c>
+      <c r="G10" t="s">
+        <v>121</v>
+      </c>
+      <c r="H10">
         <v>13500</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="B11" s="1">
+      <c r="B11" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C11" t="s">
+        <v>121</v>
+      </c>
+      <c r="D11">
         <v>13500</v>
       </c>
-      <c r="C11">
+      <c r="E11">
         <v>13500</v>
       </c>
-      <c r="D11" t="s">
-[...5 lines deleted...]
-      <c r="F11">
+      <c r="F11" t="s">
+        <v>121</v>
+      </c>
+      <c r="G11" t="s">
+        <v>121</v>
+      </c>
+      <c r="H11">
         <v>13500</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="B12" s="1">
+      <c r="B12" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C12" t="s">
+        <v>121</v>
+      </c>
+      <c r="D12">
         <v>14767</v>
       </c>
-      <c r="C12">
+      <c r="E12">
         <v>14767</v>
       </c>
-      <c r="D12" t="s">
-[...5 lines deleted...]
-      <c r="F12">
+      <c r="F12" t="s">
+        <v>121</v>
+      </c>
+      <c r="G12" t="s">
+        <v>121</v>
+      </c>
+      <c r="H12">
         <v>14767</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B13" s="1">
+      <c r="B13" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C13" t="s">
+        <v>121</v>
+      </c>
+      <c r="D13">
         <v>14900</v>
       </c>
-      <c r="C13">
+      <c r="E13">
         <v>14900</v>
       </c>
-      <c r="D13" t="s">
-[...5 lines deleted...]
-      <c r="F13">
+      <c r="F13" t="s">
+        <v>121</v>
+      </c>
+      <c r="G13" t="s">
+        <v>121</v>
+      </c>
+      <c r="H13">
         <v>14900</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="B14" s="1">
+      <c r="B14" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>121</v>
+      </c>
+      <c r="D14">
         <v>12333</v>
       </c>
-      <c r="C14">
+      <c r="E14">
         <v>12333</v>
       </c>
-      <c r="D14" t="s">
-[...5 lines deleted...]
-      <c r="F14">
+      <c r="F14" t="s">
+        <v>121</v>
+      </c>
+      <c r="G14" t="s">
+        <v>121</v>
+      </c>
+      <c r="H14">
         <v>12333</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
-        <v>125</v>
-[...20 lines deleted...]
-        <v>520</v>
+        <v>124</v>
+      </c>
+      <c r="B15" s="1">
+        <v>380</v>
+      </c>
+      <c r="C15">
+        <v>380</v>
+      </c>
+      <c r="D15" t="s">
+        <v>121</v>
+      </c>
+      <c r="E15" t="s">
+        <v>121</v>
+      </c>
+      <c r="F15">
+        <v>380</v>
+      </c>
+      <c r="G15">
+        <v>380</v>
+      </c>
+      <c r="H15" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
-        <v>126</v>
-[...20 lines deleted...]
-        <v>550</v>
+        <v>125</v>
+      </c>
+      <c r="B16" s="1">
+        <v>490</v>
+      </c>
+      <c r="C16">
+        <v>490</v>
+      </c>
+      <c r="D16" t="s">
+        <v>121</v>
+      </c>
+      <c r="E16" t="s">
+        <v>121</v>
+      </c>
+      <c r="F16">
+        <v>490</v>
+      </c>
+      <c r="G16">
+        <v>490</v>
+      </c>
+      <c r="H16" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="B17" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B17" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>121</v>
+      </c>
+      <c r="D17">
+        <v>43333</v>
+      </c>
+      <c r="E17">
+        <v>43333</v>
+      </c>
+      <c r="F17" t="s">
+        <v>121</v>
+      </c>
+      <c r="G17" t="s">
+        <v>121</v>
+      </c>
+      <c r="H17">
+        <v>40667</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B18" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B18" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>121</v>
+      </c>
+      <c r="D18">
+        <v>32667</v>
+      </c>
+      <c r="E18">
+        <v>30667</v>
+      </c>
+      <c r="F18" t="s">
+        <v>121</v>
+      </c>
+      <c r="G18" t="s">
+        <v>121</v>
+      </c>
+      <c r="H18">
+        <v>30667</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B19" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>121</v>
+      </c>
+      <c r="D19">
+        <v>60000</v>
+      </c>
+      <c r="E19">
+        <v>58667</v>
+      </c>
+      <c r="F19" t="s">
+        <v>121</v>
+      </c>
+      <c r="G19" t="s">
+        <v>121</v>
+      </c>
+      <c r="H19">
+        <v>56000</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="B20" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B20" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C20" t="s">
+        <v>121</v>
+      </c>
+      <c r="D20">
+        <v>71333</v>
+      </c>
+      <c r="E20">
+        <v>74000</v>
+      </c>
+      <c r="F20" t="s">
+        <v>121</v>
+      </c>
+      <c r="G20" t="s">
+        <v>121</v>
+      </c>
+      <c r="H20">
+        <v>77000</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2" t="s">
-        <v>127</v>
-[...10 lines deleted...]
-      <c r="E21">
+        <v>126</v>
+      </c>
+      <c r="B21" s="1">
         <v>6100</v>
       </c>
-      <c r="F21" t="s">
-[...5 lines deleted...]
-      <c r="H21">
+      <c r="C21">
         <v>6100</v>
+      </c>
+      <c r="D21" t="s">
+        <v>121</v>
+      </c>
+      <c r="E21" t="s">
+        <v>121</v>
+      </c>
+      <c r="F21">
+        <v>6100</v>
+      </c>
+      <c r="G21">
+        <v>6100</v>
+      </c>
+      <c r="H21" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="B22" s="1">
+      <c r="B22" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C22" t="s">
+        <v>121</v>
+      </c>
+      <c r="D22">
         <v>101667</v>
       </c>
-      <c r="C22">
+      <c r="E22">
         <v>101667</v>
       </c>
-      <c r="D22" t="s">
-[...5 lines deleted...]
-      <c r="F22">
+      <c r="F22" t="s">
+        <v>121</v>
+      </c>
+      <c r="G22" t="s">
+        <v>121</v>
+      </c>
+      <c r="H22">
         <v>101667</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="B23" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B23" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C23" t="s">
+        <v>121</v>
+      </c>
+      <c r="D23">
+        <v>38667</v>
+      </c>
+      <c r="E23">
+        <v>38667</v>
+      </c>
+      <c r="F23" t="s">
+        <v>121</v>
+      </c>
+      <c r="G23" t="s">
+        <v>121</v>
+      </c>
+      <c r="H23">
+        <v>38667</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2" t="s">
-        <v>128</v>
-[...7 lines deleted...]
-      <c r="D24">
+        <v>127</v>
+      </c>
+      <c r="B24" s="1">
         <v>0</v>
       </c>
-      <c r="E24">
+      <c r="C24">
         <v>0</v>
       </c>
-      <c r="F24" t="s">
-[...5 lines deleted...]
-      <c r="H24">
+      <c r="D24" t="s">
+        <v>121</v>
+      </c>
+      <c r="E24" t="s">
+        <v>121</v>
+      </c>
+      <c r="F24">
         <v>0</v>
+      </c>
+      <c r="G24">
+        <v>0</v>
+      </c>
+      <c r="H24" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="B25" s="1">
+      <c r="B25" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C25" t="s">
+        <v>121</v>
+      </c>
+      <c r="D25">
         <v>135000</v>
       </c>
-      <c r="C25">
+      <c r="E25">
         <v>135000</v>
       </c>
-      <c r="D25" t="s">
-[...5 lines deleted...]
-      <c r="F25">
+      <c r="F25" t="s">
+        <v>121</v>
+      </c>
+      <c r="G25" t="s">
+        <v>121</v>
+      </c>
+      <c r="H25">
         <v>135000</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
-        <v>129</v>
-[...7 lines deleted...]
-      <c r="D26">
+        <v>128</v>
+      </c>
+      <c r="B26" s="1">
         <v>3450</v>
       </c>
-      <c r="E26">
+      <c r="C26">
         <v>3450</v>
       </c>
-      <c r="F26" t="s">
-[...5 lines deleted...]
-      <c r="H26">
+      <c r="D26" t="s">
+        <v>121</v>
+      </c>
+      <c r="E26" t="s">
+        <v>121</v>
+      </c>
+      <c r="F26">
         <v>3450</v>
+      </c>
+      <c r="G26">
+        <v>3450</v>
+      </c>
+      <c r="H26" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="B27" s="1">
+      <c r="B27" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C27" t="s">
+        <v>121</v>
+      </c>
+      <c r="D27">
         <v>130000</v>
       </c>
-      <c r="C27">
+      <c r="E27">
         <v>130000</v>
       </c>
-      <c r="D27" t="s">
-[...5 lines deleted...]
-      <c r="F27">
+      <c r="F27" t="s">
+        <v>121</v>
+      </c>
+      <c r="G27" t="s">
+        <v>121</v>
+      </c>
+      <c r="H27">
         <v>130000</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="B28" s="1">
+      <c r="B28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C28" t="s">
+        <v>121</v>
+      </c>
+      <c r="D28">
         <v>79333</v>
       </c>
-      <c r="C28">
+      <c r="E28">
         <v>79333</v>
       </c>
-      <c r="D28" t="s">
-[...5 lines deleted...]
-      <c r="F28">
+      <c r="F28" t="s">
+        <v>121</v>
+      </c>
+      <c r="G28" t="s">
+        <v>121</v>
+      </c>
+      <c r="H28">
         <v>79333</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B29" s="1">
+      <c r="B29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C29" t="s">
+        <v>121</v>
+      </c>
+      <c r="D29">
         <v>9167</v>
       </c>
-      <c r="C29">
+      <c r="E29">
         <v>9167</v>
       </c>
-      <c r="D29" t="s">
-[...5 lines deleted...]
-      <c r="F29">
+      <c r="F29" t="s">
+        <v>121</v>
+      </c>
+      <c r="G29" t="s">
+        <v>121</v>
+      </c>
+      <c r="H29">
         <v>9167</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="B30" s="1">
+      <c r="B30" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C30" t="s">
+        <v>121</v>
+      </c>
+      <c r="D30">
         <v>10000</v>
       </c>
-      <c r="C30">
+      <c r="E30">
         <v>10000</v>
       </c>
-      <c r="D30" t="s">
-[...5 lines deleted...]
-      <c r="F30">
+      <c r="F30" t="s">
+        <v>121</v>
+      </c>
+      <c r="G30" t="s">
+        <v>121</v>
+      </c>
+      <c r="H30">
         <v>10000</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="2" t="s">
-        <v>130</v>
-[...20 lines deleted...]
-        <v>226000</v>
+        <v>129</v>
+      </c>
+      <c r="B31" s="1">
+        <v>238600</v>
+      </c>
+      <c r="C31">
+        <v>238600</v>
+      </c>
+      <c r="D31" t="s">
+        <v>121</v>
+      </c>
+      <c r="E31" t="s">
+        <v>121</v>
+      </c>
+      <c r="F31">
+        <v>238600</v>
+      </c>
+      <c r="G31">
+        <v>232600</v>
+      </c>
+      <c r="H31" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="B32" s="1">
+      <c r="B32" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C32" t="s">
+        <v>121</v>
+      </c>
+      <c r="D32">
         <v>18167</v>
       </c>
-      <c r="C32">
+      <c r="E32">
         <v>18167</v>
       </c>
-      <c r="D32" t="s">
-[...5 lines deleted...]
-      <c r="F32">
+      <c r="F32" t="s">
+        <v>121</v>
+      </c>
+      <c r="G32" t="s">
+        <v>121</v>
+      </c>
+      <c r="H32">
         <v>18167</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="B33" s="1">
+      <c r="B33" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C33" t="s">
+        <v>121</v>
+      </c>
+      <c r="D33">
         <v>16833</v>
       </c>
-      <c r="C33">
+      <c r="E33">
         <v>16833</v>
       </c>
-      <c r="D33" t="s">
-[...5 lines deleted...]
-      <c r="F33">
+      <c r="F33" t="s">
+        <v>121</v>
+      </c>
+      <c r="G33" t="s">
+        <v>121</v>
+      </c>
+      <c r="H33">
         <v>16833</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B34" s="1">
+      <c r="B34" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C34" t="s">
+        <v>121</v>
+      </c>
+      <c r="D34">
         <v>41333</v>
       </c>
-      <c r="C34">
+      <c r="E34">
         <v>41333</v>
       </c>
-      <c r="D34" t="s">
-[...5 lines deleted...]
-      <c r="F34">
+      <c r="F34" t="s">
+        <v>121</v>
+      </c>
+      <c r="G34" t="s">
+        <v>121</v>
+      </c>
+      <c r="H34">
         <v>41333</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="B35" s="1">
+      <c r="B35" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C35" t="s">
+        <v>121</v>
+      </c>
+      <c r="D35">
         <v>36000</v>
       </c>
-      <c r="C35">
+      <c r="E35">
         <v>36000</v>
       </c>
-      <c r="D35" t="s">
-[...5 lines deleted...]
-      <c r="F35">
+      <c r="F35" t="s">
+        <v>121</v>
+      </c>
+      <c r="G35" t="s">
+        <v>121</v>
+      </c>
+      <c r="H35">
         <v>36000</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="B36" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B36" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C36" t="s">
+        <v>121</v>
+      </c>
+      <c r="D36">
+        <v>38667</v>
+      </c>
+      <c r="E36">
+        <v>38667</v>
+      </c>
+      <c r="F36" t="s">
+        <v>121</v>
+      </c>
+      <c r="G36" t="s">
+        <v>121</v>
+      </c>
+      <c r="H36">
+        <v>38667</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="B37" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B37" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C37" t="s">
+        <v>121</v>
+      </c>
+      <c r="D37">
+        <v>34333</v>
+      </c>
+      <c r="E37">
+        <v>34333</v>
+      </c>
+      <c r="F37" t="s">
+        <v>121</v>
+      </c>
+      <c r="G37" t="s">
+        <v>121</v>
+      </c>
+      <c r="H37">
+        <v>34333</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="B38" s="1">
+      <c r="B38" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C38" t="s">
+        <v>121</v>
+      </c>
+      <c r="D38">
         <v>7000</v>
       </c>
-      <c r="C38">
+      <c r="E38">
         <v>7000</v>
       </c>
-      <c r="D38" t="s">
-[...5 lines deleted...]
-      <c r="F38">
+      <c r="F38" t="s">
+        <v>121</v>
+      </c>
+      <c r="G38" t="s">
+        <v>121</v>
+      </c>
+      <c r="H38">
         <v>7000</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="B39" s="1">
+      <c r="B39" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C39" t="s">
+        <v>121</v>
+      </c>
+      <c r="D39">
         <v>22667</v>
       </c>
-      <c r="C39">
+      <c r="E39">
         <v>22667</v>
       </c>
-      <c r="D39" t="s">
-[...5 lines deleted...]
-      <c r="F39">
+      <c r="F39" t="s">
+        <v>121</v>
+      </c>
+      <c r="G39" t="s">
+        <v>121</v>
+      </c>
+      <c r="H39">
         <v>22667</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="B40" s="1">
+      <c r="B40" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C40" t="s">
+        <v>121</v>
+      </c>
+      <c r="D40">
         <v>23333</v>
       </c>
-      <c r="C40">
+      <c r="E40">
         <v>23333</v>
       </c>
-      <c r="D40" t="s">
-[...5 lines deleted...]
-      <c r="F40">
+      <c r="F40" t="s">
+        <v>121</v>
+      </c>
+      <c r="G40" t="s">
+        <v>121</v>
+      </c>
+      <c r="H40">
         <v>23333</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="B41" s="1">
+      <c r="B41" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C41" t="s">
+        <v>121</v>
+      </c>
+      <c r="D41">
         <v>11000</v>
       </c>
-      <c r="C41">
+      <c r="E41">
         <v>11000</v>
       </c>
-      <c r="D41" t="s">
-[...5 lines deleted...]
-      <c r="F41">
+      <c r="F41" t="s">
+        <v>121</v>
+      </c>
+      <c r="G41" t="s">
+        <v>121</v>
+      </c>
+      <c r="H41">
         <v>11000</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="B42" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B42" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C42" t="s">
+        <v>121</v>
+      </c>
+      <c r="D42">
+        <v>5000</v>
+      </c>
+      <c r="E42">
+        <v>5000</v>
+      </c>
+      <c r="F42" t="s">
+        <v>121</v>
+      </c>
+      <c r="G42" t="s">
+        <v>121</v>
+      </c>
+      <c r="H42">
+        <v>5000</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="B43" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B43" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C43" t="s">
+        <v>121</v>
+      </c>
+      <c r="D43">
+        <v>33667</v>
+      </c>
+      <c r="E43">
+        <v>33667</v>
+      </c>
+      <c r="F43" t="s">
+        <v>121</v>
+      </c>
+      <c r="G43" t="s">
+        <v>121</v>
+      </c>
+      <c r="H43">
+        <v>33667</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="B44" s="1">
+      <c r="B44" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C44" t="s">
+        <v>121</v>
+      </c>
+      <c r="D44">
         <v>4000</v>
       </c>
-      <c r="C44">
+      <c r="E44">
         <v>4000</v>
       </c>
-      <c r="D44" t="s">
-[...5 lines deleted...]
-      <c r="F44">
+      <c r="F44" t="s">
+        <v>121</v>
+      </c>
+      <c r="G44" t="s">
+        <v>121</v>
+      </c>
+      <c r="H44">
         <v>4000</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="2" t="s">
-        <v>131</v>
-[...20 lines deleted...]
-        <v>11400</v>
+        <v>130</v>
+      </c>
+      <c r="B45" s="1">
+        <v>11100</v>
+      </c>
+      <c r="C45">
+        <v>11100</v>
+      </c>
+      <c r="D45" t="s">
+        <v>121</v>
+      </c>
+      <c r="E45" t="s">
+        <v>121</v>
+      </c>
+      <c r="F45">
+        <v>11100</v>
+      </c>
+      <c r="G45">
+        <v>11700</v>
+      </c>
+      <c r="H45" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="B46" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B46" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C46" t="s">
+        <v>121</v>
+      </c>
+      <c r="D46">
+        <v>14667</v>
+      </c>
+      <c r="E46">
+        <v>14667</v>
+      </c>
+      <c r="F46" t="s">
+        <v>121</v>
+      </c>
+      <c r="G46" t="s">
+        <v>121</v>
+      </c>
+      <c r="H46">
+        <v>14667</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="B47" s="1">
+      <c r="B47" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C47" t="s">
+        <v>121</v>
+      </c>
+      <c r="D47">
         <v>5000</v>
       </c>
-      <c r="C47">
+      <c r="E47">
         <v>5000</v>
       </c>
-      <c r="D47" t="s">
-[...5 lines deleted...]
-      <c r="F47">
+      <c r="F47" t="s">
+        <v>121</v>
+      </c>
+      <c r="G47" t="s">
+        <v>121</v>
+      </c>
+      <c r="H47">
         <v>5000</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="B48" s="1">
+      <c r="B48" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C48" t="s">
+        <v>121</v>
+      </c>
+      <c r="D48">
         <v>3000</v>
       </c>
-      <c r="C48">
+      <c r="E48">
         <v>3000</v>
       </c>
-      <c r="D48" t="s">
-[...5 lines deleted...]
-      <c r="F48">
+      <c r="F48" t="s">
+        <v>121</v>
+      </c>
+      <c r="G48" t="s">
+        <v>121</v>
+      </c>
+      <c r="H48">
         <v>3000</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="2" t="s">
-        <v>132</v>
-[...20 lines deleted...]
-        <v>161070</v>
+        <v>131</v>
+      </c>
+      <c r="B49" s="1">
+        <v>156162</v>
+      </c>
+      <c r="C49">
+        <v>156162</v>
+      </c>
+      <c r="D49" t="s">
+        <v>121</v>
+      </c>
+      <c r="E49" t="s">
+        <v>121</v>
+      </c>
+      <c r="F49">
+        <v>156162</v>
+      </c>
+      <c r="G49">
+        <v>153712</v>
+      </c>
+      <c r="H49" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="B50" s="1">
+      <c r="B50" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C50" t="s">
+        <v>121</v>
+      </c>
+      <c r="D50">
         <v>18333</v>
       </c>
-      <c r="C50">
+      <c r="E50">
         <v>18333</v>
       </c>
-      <c r="D50" t="s">
-[...5 lines deleted...]
-      <c r="F50">
+      <c r="F50" t="s">
+        <v>121</v>
+      </c>
+      <c r="G50" t="s">
+        <v>121</v>
+      </c>
+      <c r="H50">
         <v>18333</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="B51" s="1">
+      <c r="B51" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C51" t="s">
+        <v>121</v>
+      </c>
+      <c r="D51">
         <v>20333</v>
       </c>
-      <c r="C51">
+      <c r="E51">
         <v>20333</v>
       </c>
-      <c r="D51" t="s">
-[...5 lines deleted...]
-      <c r="F51">
+      <c r="F51" t="s">
+        <v>121</v>
+      </c>
+      <c r="G51" t="s">
+        <v>121</v>
+      </c>
+      <c r="H51">
         <v>20333</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="B52" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B52" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C52" t="s">
+        <v>121</v>
+      </c>
+      <c r="D52">
+        <v>15700</v>
+      </c>
+      <c r="E52">
+        <v>15700</v>
+      </c>
+      <c r="F52" t="s">
+        <v>121</v>
+      </c>
+      <c r="G52" t="s">
+        <v>121</v>
+      </c>
+      <c r="H52">
+        <v>15700</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="B53" s="1">
+      <c r="B53" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C53" t="s">
+        <v>121</v>
+      </c>
+      <c r="D53">
         <v>14000</v>
       </c>
-      <c r="C53">
+      <c r="E53">
         <v>14000</v>
       </c>
-      <c r="D53" t="s">
-[...5 lines deleted...]
-      <c r="F53">
+      <c r="F53" t="s">
+        <v>121</v>
+      </c>
+      <c r="G53" t="s">
+        <v>121</v>
+      </c>
+      <c r="H53">
         <v>14000</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="B54" s="1">
+      <c r="B54" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C54" t="s">
+        <v>121</v>
+      </c>
+      <c r="D54">
         <v>100000</v>
       </c>
-      <c r="C54">
+      <c r="E54">
         <v>100000</v>
       </c>
-      <c r="D54" t="s">
-[...5 lines deleted...]
-      <c r="F54">
+      <c r="F54" t="s">
+        <v>121</v>
+      </c>
+      <c r="G54" t="s">
+        <v>121</v>
+      </c>
+      <c r="H54">
         <v>100000</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="B55" s="1">
+      <c r="B55" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C55" t="s">
+        <v>121</v>
+      </c>
+      <c r="D55">
         <v>5000</v>
       </c>
-      <c r="C55">
+      <c r="E55">
         <v>5000</v>
       </c>
-      <c r="D55" t="s">
-[...5 lines deleted...]
-      <c r="F55">
+      <c r="F55" t="s">
+        <v>121</v>
+      </c>
+      <c r="G55" t="s">
+        <v>121</v>
+      </c>
+      <c r="H55">
         <v>5000</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="B56" s="1">
+      <c r="B56" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C56" t="s">
+        <v>121</v>
+      </c>
+      <c r="D56">
         <v>42100</v>
       </c>
-      <c r="C56">
+      <c r="E56">
         <v>42100</v>
       </c>
-      <c r="D56" t="s">
-[...5 lines deleted...]
-      <c r="F56">
+      <c r="F56" t="s">
+        <v>121</v>
+      </c>
+      <c r="G56" t="s">
+        <v>121</v>
+      </c>
+      <c r="H56">
         <v>42100</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="B57" s="1">
+      <c r="B57" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C57" t="s">
+        <v>121</v>
+      </c>
+      <c r="D57">
         <v>52467</v>
       </c>
-      <c r="C57">
+      <c r="E57">
         <v>52467</v>
       </c>
-      <c r="D57" t="s">
-[...5 lines deleted...]
-      <c r="F57">
+      <c r="F57" t="s">
+        <v>121</v>
+      </c>
+      <c r="G57" t="s">
+        <v>121</v>
+      </c>
+      <c r="H57">
         <v>52467</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="B58" s="1">
+      <c r="B58" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C58" t="s">
+        <v>121</v>
+      </c>
+      <c r="D58">
         <v>12500</v>
       </c>
-      <c r="C58">
+      <c r="E58">
         <v>12500</v>
       </c>
-      <c r="D58" t="s">
-[...5 lines deleted...]
-      <c r="F58">
+      <c r="F58" t="s">
+        <v>121</v>
+      </c>
+      <c r="G58" t="s">
+        <v>121</v>
+      </c>
+      <c r="H58">
         <v>12500</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="B59" s="1">
+      <c r="B59" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C59" t="s">
+        <v>121</v>
+      </c>
+      <c r="D59">
         <v>11833</v>
       </c>
-      <c r="C59">
+      <c r="E59">
         <v>11833</v>
       </c>
-      <c r="D59" t="s">
-[...5 lines deleted...]
-      <c r="F59">
+      <c r="F59" t="s">
+        <v>121</v>
+      </c>
+      <c r="G59" t="s">
+        <v>121</v>
+      </c>
+      <c r="H59">
         <v>11833</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="2" t="s">
-        <v>133</v>
-[...20 lines deleted...]
-        <v>6000</v>
+        <v>132</v>
+      </c>
+      <c r="B60" s="1">
+        <v>5900</v>
+      </c>
+      <c r="C60">
+        <v>5900</v>
+      </c>
+      <c r="D60" t="s">
+        <v>121</v>
+      </c>
+      <c r="E60" t="s">
+        <v>121</v>
+      </c>
+      <c r="F60">
+        <v>5900</v>
+      </c>
+      <c r="G60">
+        <v>5900</v>
+      </c>
+      <c r="H60" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="B61" s="1">
+      <c r="B61" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C61" t="s">
+        <v>121</v>
+      </c>
+      <c r="D61">
         <v>42783</v>
       </c>
-      <c r="C61">
+      <c r="E61">
         <v>42783</v>
       </c>
-      <c r="D61" t="s">
-[...5 lines deleted...]
-      <c r="F61">
+      <c r="F61" t="s">
+        <v>121</v>
+      </c>
+      <c r="G61" t="s">
+        <v>121</v>
+      </c>
+      <c r="H61">
         <v>42783</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="B62" s="1">
-[...18 lines deleted...]
-        <v>122</v>
+      <c r="B62" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C62" t="s">
+        <v>121</v>
+      </c>
+      <c r="D62">
+        <v>28667</v>
+      </c>
+      <c r="E62">
+        <v>28667</v>
+      </c>
+      <c r="F62" t="s">
+        <v>121</v>
+      </c>
+      <c r="G62" t="s">
+        <v>121</v>
+      </c>
+      <c r="H62">
+        <v>28667</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="B63" s="1">
+      <c r="B63" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C63" t="s">
+        <v>121</v>
+      </c>
+      <c r="D63">
         <v>10833</v>
       </c>
-      <c r="C63">
+      <c r="E63">
         <v>10833</v>
       </c>
-      <c r="D63" t="s">
-[...5 lines deleted...]
-      <c r="F63">
+      <c r="F63" t="s">
+        <v>121</v>
+      </c>
+      <c r="G63" t="s">
+        <v>121</v>
+      </c>
+      <c r="H63">
         <v>10833</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="2" t="s">
-        <v>134</v>
-[...20 lines deleted...]
-        <v>89300</v>
+        <v>133</v>
+      </c>
+      <c r="B64" s="1">
+        <v>87600</v>
+      </c>
+      <c r="C64">
+        <v>87600</v>
+      </c>
+      <c r="D64" t="s">
+        <v>121</v>
+      </c>
+      <c r="E64" t="s">
+        <v>121</v>
+      </c>
+      <c r="F64">
+        <v>87600</v>
+      </c>
+      <c r="G64">
+        <v>81600</v>
+      </c>
+      <c r="H64" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="B65" s="1">
+      <c r="B65" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C65" t="s">
+        <v>121</v>
+      </c>
+      <c r="D65">
         <v>12167</v>
       </c>
-      <c r="C65">
+      <c r="E65">
         <v>12167</v>
       </c>
-      <c r="D65" t="s">
-[...5 lines deleted...]
-      <c r="F65">
+      <c r="F65" t="s">
+        <v>121</v>
+      </c>
+      <c r="G65" t="s">
+        <v>121</v>
+      </c>
+      <c r="H65">
         <v>12167</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="B66" s="1">
+      <c r="B66" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C66" t="s">
+        <v>121</v>
+      </c>
+      <c r="D66">
         <v>7667</v>
       </c>
-      <c r="C66">
+      <c r="E66">
         <v>7667</v>
       </c>
-      <c r="D66" t="s">
-[...5 lines deleted...]
-      <c r="F66">
+      <c r="F66" t="s">
+        <v>121</v>
+      </c>
+      <c r="G66" t="s">
+        <v>121</v>
+      </c>
+      <c r="H66">
         <v>7667</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="B67" s="1">
+      <c r="B67" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C67" t="s">
+        <v>121</v>
+      </c>
+      <c r="D67">
         <v>6667</v>
       </c>
-      <c r="C67">
+      <c r="E67">
         <v>6667</v>
       </c>
-      <c r="D67" t="s">
-[...5 lines deleted...]
-      <c r="F67">
+      <c r="F67" t="s">
+        <v>121</v>
+      </c>
+      <c r="G67" t="s">
+        <v>121</v>
+      </c>
+      <c r="H67">
         <v>6667</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="B68" s="1">
+      <c r="B68" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C68" t="s">
+        <v>121</v>
+      </c>
+      <c r="D68">
         <v>59333</v>
       </c>
-      <c r="C68">
+      <c r="E68">
         <v>59333</v>
       </c>
-      <c r="D68" t="s">
-[...5 lines deleted...]
-      <c r="F68">
+      <c r="F68" t="s">
+        <v>121</v>
+      </c>
+      <c r="G68" t="s">
+        <v>121</v>
+      </c>
+      <c r="H68">
         <v>59333</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFFEF503"/>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J55"/>
@@ -11714,121 +11711,121 @@
       </c>
       <c r="C3">
         <v>30000</v>
       </c>
       <c r="D3">
         <v>30000</v>
       </c>
       <c r="E3">
         <v>30000</v>
       </c>
       <c r="F3">
         <v>30000</v>
       </c>
       <c r="G3">
         <v>30000</v>
       </c>
       <c r="H3">
         <v>30000</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="1">
-        <v>50000</v>
+        <v>40000</v>
       </c>
       <c r="C4">
-        <v>50000</v>
+        <v>40000</v>
       </c>
       <c r="D4">
-        <v>48000</v>
+        <v>40000</v>
       </c>
       <c r="E4">
-        <v>48000</v>
+        <v>40000</v>
       </c>
       <c r="F4">
-        <v>48000</v>
+        <v>40000</v>
       </c>
       <c r="G4">
-        <v>46000</v>
+        <v>43000</v>
       </c>
       <c r="H4">
-        <v>46000</v>
+        <v>43000</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="1">
         <v>36000</v>
       </c>
       <c r="C5">
         <v>36000</v>
       </c>
       <c r="D5">
         <v>36000</v>
       </c>
       <c r="E5">
         <v>36000</v>
       </c>
       <c r="F5">
         <v>36000</v>
       </c>
       <c r="G5">
         <v>36000</v>
       </c>
       <c r="H5">
         <v>36000</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="1">
-        <v>32000</v>
+        <v>34000</v>
       </c>
       <c r="C6">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="D6">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="E6">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="F6">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="G6">
-        <v>32000</v>
+        <v>35000</v>
       </c>
       <c r="H6">
-        <v>32000</v>
+        <v>35000</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="1">
         <v>13500</v>
       </c>
       <c r="C7">
         <v>13500</v>
       </c>
       <c r="D7">
         <v>13500</v>
       </c>
       <c r="E7">
         <v>13500</v>
       </c>
       <c r="F7">
         <v>13500</v>
       </c>
       <c r="G7">
         <v>13500</v>
       </c>
       <c r="H7">
@@ -11922,199 +11919,199 @@
       </c>
       <c r="C11">
         <v>12500</v>
       </c>
       <c r="D11">
         <v>12500</v>
       </c>
       <c r="E11">
         <v>12500</v>
       </c>
       <c r="F11">
         <v>12500</v>
       </c>
       <c r="G11">
         <v>12500</v>
       </c>
       <c r="H11">
         <v>12500</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="1">
-        <v>72000</v>
+        <v>48000</v>
       </c>
       <c r="C12">
-        <v>75000</v>
+        <v>46000</v>
       </c>
       <c r="D12">
-        <v>75000</v>
+        <v>44000</v>
       </c>
       <c r="E12">
-        <v>72000</v>
+        <v>44000</v>
       </c>
       <c r="F12">
-        <v>70000</v>
+        <v>44000</v>
       </c>
       <c r="G12">
-        <v>68000</v>
+        <v>44000</v>
       </c>
       <c r="H12">
-        <v>68000</v>
+        <v>42000</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="1">
-        <v>65000</v>
+        <v>45000</v>
       </c>
       <c r="C13">
-        <v>68000</v>
+        <v>43000</v>
       </c>
       <c r="D13">
-        <v>68000</v>
+        <v>38000</v>
       </c>
       <c r="E13">
-        <v>68000</v>
+        <v>38000</v>
       </c>
       <c r="F13">
-        <v>65000</v>
+        <v>34000</v>
       </c>
       <c r="G13">
-        <v>60000</v>
+        <v>32000</v>
       </c>
       <c r="H13">
-        <v>55000</v>
+        <v>32000</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="1">
-        <v>63000</v>
+        <v>60000</v>
       </c>
       <c r="C14">
-        <v>63000</v>
+        <v>60000</v>
       </c>
       <c r="D14">
-        <v>65000</v>
+        <v>60000</v>
       </c>
       <c r="E14">
-        <v>68000</v>
+        <v>60000</v>
       </c>
       <c r="F14">
-        <v>65000</v>
+        <v>60000</v>
       </c>
       <c r="G14">
-        <v>65000</v>
+        <v>60000</v>
       </c>
       <c r="H14">
-        <v>68000</v>
+        <v>58000</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="1">
-        <v>70000</v>
+        <v>78000</v>
       </c>
       <c r="C15">
-        <v>74000</v>
+        <v>75000</v>
       </c>
       <c r="D15">
+        <v>75000</v>
+      </c>
+      <c r="E15">
+        <v>75000</v>
+      </c>
+      <c r="F15">
         <v>72000</v>
       </c>
-      <c r="E15">
-[...4 lines deleted...]
-      </c>
       <c r="G15">
-        <v>58000</v>
+        <v>75000</v>
       </c>
       <c r="H15">
-        <v>58000</v>
+        <v>78000</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="1">
         <v>100000</v>
       </c>
       <c r="C16">
         <v>100000</v>
       </c>
       <c r="D16">
         <v>100000</v>
       </c>
       <c r="E16">
         <v>100000</v>
       </c>
       <c r="F16">
         <v>100000</v>
       </c>
       <c r="G16">
         <v>100000</v>
       </c>
       <c r="H16">
         <v>100000</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="1">
-        <v>38000</v>
+        <v>40000</v>
       </c>
       <c r="C17">
         <v>39000</v>
       </c>
       <c r="D17">
         <v>39000</v>
       </c>
       <c r="E17">
         <v>39000</v>
       </c>
       <c r="F17">
         <v>39000</v>
       </c>
       <c r="G17">
-        <v>38000</v>
+        <v>39000</v>
       </c>
       <c r="H17">
-        <v>38000</v>
+        <v>39000</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="1">
         <v>135000</v>
       </c>
       <c r="C18">
         <v>135000</v>
       </c>
       <c r="D18">
         <v>135000</v>
       </c>
       <c r="E18">
         <v>135000</v>
       </c>
       <c r="F18">
         <v>135000</v>
       </c>
       <c r="G18">
         <v>135000</v>
       </c>
       <c r="H18">
@@ -12260,60 +12257,60 @@
       </c>
       <c r="C24">
         <v>17000</v>
       </c>
       <c r="D24">
         <v>17000</v>
       </c>
       <c r="E24">
         <v>17000</v>
       </c>
       <c r="F24">
         <v>17000</v>
       </c>
       <c r="G24">
         <v>17000</v>
       </c>
       <c r="H24">
         <v>17000</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="1">
-        <v>42000</v>
+        <v>43000</v>
       </c>
       <c r="C25">
-        <v>42000</v>
+        <v>43000</v>
       </c>
       <c r="D25">
-        <v>42000</v>
+        <v>43000</v>
       </c>
       <c r="E25">
-        <v>42000</v>
+        <v>43000</v>
       </c>
       <c r="F25">
         <v>42000</v>
       </c>
       <c r="G25">
         <v>42000</v>
       </c>
       <c r="H25">
         <v>42000</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="1">
         <v>36000</v>
       </c>
       <c r="C26">
         <v>36000</v>
       </c>
       <c r="D26">
         <v>36000</v>
       </c>
       <c r="E26">
@@ -12324,83 +12321,83 @@
       </c>
       <c r="G26">
         <v>36000</v>
       </c>
       <c r="H26">
         <v>36000</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B27" s="1">
         <v>37000</v>
       </c>
       <c r="C27">
         <v>37000</v>
       </c>
       <c r="D27">
         <v>37000</v>
       </c>
       <c r="E27">
         <v>37000</v>
       </c>
       <c r="F27">
-        <v>37000</v>
+        <v>38000</v>
       </c>
       <c r="G27">
-        <v>37000</v>
+        <v>38000</v>
       </c>
       <c r="H27">
-        <v>37000</v>
+        <v>38000</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B28" s="1">
         <v>33000</v>
       </c>
       <c r="C28">
         <v>33000</v>
       </c>
       <c r="D28">
         <v>33000</v>
       </c>
       <c r="E28">
         <v>33000</v>
       </c>
       <c r="F28">
-        <v>33000</v>
+        <v>35000</v>
       </c>
       <c r="G28">
-        <v>33000</v>
+        <v>35000</v>
       </c>
       <c r="H28">
-        <v>33000</v>
+        <v>35000</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B29" s="1">
         <v>7000</v>
       </c>
       <c r="C29">
         <v>7000</v>
       </c>
       <c r="D29">
         <v>7000</v>
       </c>
       <c r="E29">
         <v>7000</v>
       </c>
       <c r="F29">
         <v>7000</v>
       </c>
       <c r="G29">
         <v>7000</v>
       </c>
       <c r="H29">
@@ -12468,147 +12465,147 @@
       </c>
       <c r="C32">
         <v>12000</v>
       </c>
       <c r="D32">
         <v>12000</v>
       </c>
       <c r="E32">
         <v>12000</v>
       </c>
       <c r="F32">
         <v>12000</v>
       </c>
       <c r="G32">
         <v>12000</v>
       </c>
       <c r="H32">
         <v>12000</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B33" s="1">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="C33">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="D33">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="E33">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="F33">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="G33">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="H33">
-        <v>7000</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B34" s="1">
-        <v>24000</v>
+        <v>35000</v>
       </c>
       <c r="C34">
-        <v>24000</v>
+        <v>35000</v>
       </c>
       <c r="D34">
-        <v>24000</v>
+        <v>35000</v>
       </c>
       <c r="E34">
-        <v>24000</v>
+        <v>35000</v>
       </c>
       <c r="F34">
-        <v>24000</v>
+        <v>35000</v>
       </c>
       <c r="G34">
-        <v>24000</v>
+        <v>35000</v>
       </c>
       <c r="H34">
-        <v>24000</v>
+        <v>35000</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B35" s="1">
         <v>4000</v>
       </c>
       <c r="C35">
         <v>4000</v>
       </c>
       <c r="D35">
         <v>4000</v>
       </c>
       <c r="E35">
         <v>4000</v>
       </c>
       <c r="F35">
         <v>4000</v>
       </c>
       <c r="G35">
         <v>4000</v>
       </c>
       <c r="H35">
         <v>4000</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B36" s="1">
-        <v>16000</v>
+        <v>15000</v>
       </c>
       <c r="C36">
-        <v>16000</v>
+        <v>15000</v>
       </c>
       <c r="D36">
-        <v>16000</v>
+        <v>15000</v>
       </c>
       <c r="E36">
-        <v>16000</v>
+        <v>15000</v>
       </c>
       <c r="F36">
-        <v>16000</v>
+        <v>15000</v>
       </c>
       <c r="G36">
-        <v>16000</v>
+        <v>15000</v>
       </c>
       <c r="H36">
-        <v>16000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B37" s="1">
         <v>5000</v>
       </c>
       <c r="C37">
         <v>5000</v>
       </c>
       <c r="D37">
         <v>5000</v>
       </c>
       <c r="E37">
         <v>5000</v>
       </c>
       <c r="F37">
         <v>5000</v>
       </c>
       <c r="G37">
         <v>5000</v>
       </c>
       <c r="H37">
@@ -12676,69 +12673,69 @@
       </c>
       <c r="C40">
         <v>20000</v>
       </c>
       <c r="D40">
         <v>20000</v>
       </c>
       <c r="E40">
         <v>20000</v>
       </c>
       <c r="F40">
         <v>20000</v>
       </c>
       <c r="G40">
         <v>20000</v>
       </c>
       <c r="H40">
         <v>20000</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B41" s="1">
-        <v>16200</v>
+        <v>15700</v>
       </c>
       <c r="C41">
-        <v>16200</v>
+        <v>15700</v>
       </c>
       <c r="D41">
-        <v>16200</v>
+        <v>15700</v>
       </c>
       <c r="E41">
-        <v>16200</v>
+        <v>15700</v>
       </c>
       <c r="F41">
-        <v>16200</v>
+        <v>15700</v>
       </c>
       <c r="G41">
-        <v>16200</v>
+        <v>15700</v>
       </c>
       <c r="H41">
-        <v>16200</v>
+        <v>15700</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B42" s="1">
         <v>14000</v>
       </c>
       <c r="C42">
         <v>14000</v>
       </c>
       <c r="D42">
         <v>14000</v>
       </c>
       <c r="E42">
         <v>14000</v>
       </c>
       <c r="F42">
         <v>14000</v>
       </c>
       <c r="G42">
         <v>14000</v>
       </c>
       <c r="H42">
@@ -13143,155 +13140,155 @@
       </c>
       <c r="C2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="1">
-        <v>30000</v>
+        <v>33000</v>
       </c>
       <c r="C3">
-        <v>30000</v>
+        <v>33000</v>
       </c>
       <c r="D3">
-        <v>30000</v>
+        <v>33000</v>
       </c>
       <c r="E3">
-        <v>30000</v>
+        <v>33000</v>
       </c>
       <c r="F3">
-        <v>30000</v>
+        <v>33000</v>
       </c>
       <c r="G3">
-        <v>30000</v>
+        <v>33000</v>
       </c>
       <c r="H3">
-        <v>30000</v>
+        <v>33000</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="1">
-        <v>48000</v>
+        <v>40000</v>
       </c>
       <c r="C4">
-        <v>48000</v>
+        <v>40000</v>
       </c>
       <c r="D4">
-        <v>45000</v>
+        <v>40000</v>
       </c>
       <c r="E4">
-        <v>48000</v>
+        <v>40000</v>
       </c>
       <c r="F4">
-        <v>48000</v>
+        <v>40000</v>
       </c>
       <c r="G4">
-        <v>45000</v>
+        <v>42000</v>
       </c>
       <c r="H4">
-        <v>45000</v>
+        <v>42000</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="1">
-        <v>37000</v>
+        <v>36000</v>
       </c>
       <c r="C5">
-        <v>37000</v>
+        <v>36000</v>
       </c>
       <c r="D5">
-        <v>37000</v>
+        <v>36000</v>
       </c>
       <c r="E5">
-        <v>37000</v>
+        <v>36000</v>
       </c>
       <c r="F5">
-        <v>37000</v>
+        <v>36000</v>
       </c>
       <c r="G5">
-        <v>37000</v>
+        <v>36000</v>
       </c>
       <c r="H5">
-        <v>37000</v>
+        <v>36000</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="1">
         <v>33000</v>
       </c>
       <c r="C6">
         <v>33000</v>
       </c>
       <c r="D6">
         <v>33000</v>
       </c>
       <c r="E6">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="F6">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="G6">
-        <v>32000</v>
+        <v>35000</v>
       </c>
       <c r="H6">
-        <v>32000</v>
+        <v>35000</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="1">
-        <v>13600</v>
+        <v>13500</v>
       </c>
       <c r="C7">
         <v>13500</v>
       </c>
       <c r="D7">
         <v>13500</v>
       </c>
       <c r="E7">
         <v>13500</v>
       </c>
       <c r="F7">
         <v>13500</v>
       </c>
       <c r="G7">
         <v>13500</v>
       </c>
       <c r="H7">
         <v>13500</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="1">
@@ -13377,199 +13374,199 @@
       </c>
       <c r="C11">
         <v>12500</v>
       </c>
       <c r="D11">
         <v>12500</v>
       </c>
       <c r="E11">
         <v>12500</v>
       </c>
       <c r="F11">
         <v>12500</v>
       </c>
       <c r="G11">
         <v>12500</v>
       </c>
       <c r="H11">
         <v>12500</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="1">
-        <v>70000</v>
+        <v>47000</v>
       </c>
       <c r="C12">
-        <v>72000</v>
+        <v>46000</v>
       </c>
       <c r="D12">
-        <v>72000</v>
+        <v>44000</v>
       </c>
       <c r="E12">
-        <v>68000</v>
+        <v>44000</v>
       </c>
       <c r="F12">
-        <v>68000</v>
+        <v>44000</v>
       </c>
       <c r="G12">
-        <v>65000</v>
+        <v>44000</v>
       </c>
       <c r="H12">
-        <v>65000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="1">
-        <v>65000</v>
+        <v>43000</v>
       </c>
       <c r="C13">
-        <v>65000</v>
+        <v>42000</v>
       </c>
       <c r="D13">
-        <v>65000</v>
+        <v>38000</v>
       </c>
       <c r="E13">
-        <v>65000</v>
+        <v>38000</v>
       </c>
       <c r="F13">
-        <v>64000</v>
+        <v>34000</v>
       </c>
       <c r="G13">
-        <v>60000</v>
+        <v>30000</v>
       </c>
       <c r="H13">
-        <v>52000</v>
+        <v>30000</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="1">
         <v>60000</v>
       </c>
       <c r="C14">
         <v>60000</v>
       </c>
       <c r="D14">
-        <v>63000</v>
+        <v>60000</v>
       </c>
       <c r="E14">
-        <v>70000</v>
+        <v>60000</v>
       </c>
       <c r="F14">
-        <v>68000</v>
+        <v>60000</v>
       </c>
       <c r="G14">
-        <v>68000</v>
+        <v>58000</v>
       </c>
       <c r="H14">
-        <v>68000</v>
+        <v>55000</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="1">
-        <v>70000</v>
+        <v>75000</v>
       </c>
       <c r="C15">
+        <v>74000</v>
+      </c>
+      <c r="D15">
+        <v>74000</v>
+      </c>
+      <c r="E15">
+        <v>74000</v>
+      </c>
+      <c r="F15">
         <v>72000</v>
       </c>
-      <c r="D15">
-[...7 lines deleted...]
-      </c>
       <c r="G15">
-        <v>58000</v>
+        <v>75000</v>
       </c>
       <c r="H15">
-        <v>55000</v>
+        <v>78000</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="1">
         <v>100000</v>
       </c>
       <c r="C16">
         <v>100000</v>
       </c>
       <c r="D16">
         <v>100000</v>
       </c>
       <c r="E16">
         <v>100000</v>
       </c>
       <c r="F16">
         <v>100000</v>
       </c>
       <c r="G16">
         <v>100000</v>
       </c>
       <c r="H16">
         <v>100000</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="1">
-        <v>37000</v>
+        <v>39000</v>
       </c>
       <c r="C17">
-        <v>37000</v>
+        <v>39000</v>
       </c>
       <c r="D17">
-        <v>37000</v>
+        <v>39000</v>
       </c>
       <c r="E17">
-        <v>37000</v>
+        <v>39000</v>
       </c>
       <c r="F17">
-        <v>37000</v>
+        <v>39000</v>
       </c>
       <c r="G17">
-        <v>37000</v>
+        <v>39000</v>
       </c>
       <c r="H17">
-        <v>37000</v>
+        <v>39000</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="1">
         <v>135000</v>
       </c>
       <c r="C18">
         <v>135000</v>
       </c>
       <c r="D18">
         <v>135000</v>
       </c>
       <c r="E18">
         <v>135000</v>
       </c>
       <c r="F18">
         <v>135000</v>
       </c>
       <c r="G18">
         <v>135000</v>
       </c>
       <c r="H18">
@@ -13727,135 +13724,135 @@
       </c>
       <c r="G24">
         <v>17000</v>
       </c>
       <c r="H24">
         <v>17000</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="1">
         <v>42000</v>
       </c>
       <c r="C25">
         <v>42000</v>
       </c>
       <c r="D25">
         <v>42000</v>
       </c>
       <c r="E25">
         <v>42000</v>
       </c>
       <c r="F25">
-        <v>42000</v>
+        <v>41000</v>
       </c>
       <c r="G25">
-        <v>42000</v>
+        <v>41000</v>
       </c>
       <c r="H25">
-        <v>42000</v>
+        <v>41000</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="1">
         <v>36000</v>
       </c>
       <c r="C26">
         <v>36000</v>
       </c>
       <c r="D26">
         <v>36000</v>
       </c>
       <c r="E26">
         <v>36000</v>
       </c>
       <c r="F26">
         <v>36000</v>
       </c>
       <c r="G26">
         <v>36000</v>
       </c>
       <c r="H26">
         <v>36000</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B27" s="1">
         <v>37000</v>
       </c>
       <c r="C27">
         <v>37000</v>
       </c>
       <c r="D27">
         <v>37000</v>
       </c>
       <c r="E27">
         <v>37000</v>
       </c>
       <c r="F27">
-        <v>37000</v>
+        <v>38000</v>
       </c>
       <c r="G27">
-        <v>37000</v>
+        <v>38000</v>
       </c>
       <c r="H27">
-        <v>37000</v>
+        <v>38000</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B28" s="1">
         <v>32000</v>
       </c>
       <c r="C28">
         <v>32000</v>
       </c>
       <c r="D28">
         <v>32000</v>
       </c>
       <c r="E28">
         <v>32000</v>
       </c>
       <c r="F28">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="G28">
-        <v>32000</v>
+        <v>33000</v>
       </c>
       <c r="H28">
-        <v>32000</v>
+        <v>33000</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B29" s="1">
         <v>7000</v>
       </c>
       <c r="C29">
         <v>7000</v>
       </c>
       <c r="D29">
         <v>7000</v>
       </c>
       <c r="E29">
         <v>7000</v>
       </c>
       <c r="F29">
         <v>7000</v>
       </c>
       <c r="G29">
         <v>7000</v>
       </c>
       <c r="H29">
@@ -13923,95 +13920,95 @@
       </c>
       <c r="C32">
         <v>11000</v>
       </c>
       <c r="D32">
         <v>11000</v>
       </c>
       <c r="E32">
         <v>11000</v>
       </c>
       <c r="F32">
         <v>11000</v>
       </c>
       <c r="G32">
         <v>11000</v>
       </c>
       <c r="H32">
         <v>11000</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B33" s="1">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="C33">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="D33">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="E33">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="F33">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="G33">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="H33">
-        <v>6000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B34" s="1">
-        <v>24000</v>
+        <v>33000</v>
       </c>
       <c r="C34">
-        <v>24000</v>
+        <v>33000</v>
       </c>
       <c r="D34">
-        <v>24000</v>
+        <v>33000</v>
       </c>
       <c r="E34">
-        <v>24000</v>
+        <v>33000</v>
       </c>
       <c r="F34">
-        <v>24000</v>
+        <v>33000</v>
       </c>
       <c r="G34">
-        <v>24000</v>
+        <v>33000</v>
       </c>
       <c r="H34">
-        <v>24000</v>
+        <v>33000</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B35" s="1">
         <v>4000</v>
       </c>
       <c r="C35">
         <v>4000</v>
       </c>
       <c r="D35">
         <v>4000</v>
       </c>
       <c r="E35">
         <v>4000</v>
       </c>
       <c r="F35">
         <v>4000</v>
       </c>
       <c r="G35">
         <v>4000</v>
       </c>
       <c r="H35">
@@ -14131,69 +14128,69 @@
       </c>
       <c r="C40">
         <v>20000</v>
       </c>
       <c r="D40">
         <v>20000</v>
       </c>
       <c r="E40">
         <v>20000</v>
       </c>
       <c r="F40">
         <v>20000</v>
       </c>
       <c r="G40">
         <v>20000</v>
       </c>
       <c r="H40">
         <v>20000</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B41" s="1">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="C41">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="D41">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="E41">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="F41">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="G41">
-        <v>16000</v>
+        <v>15700</v>
       </c>
       <c r="H41">
-        <v>16000</v>
+        <v>15700</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B42" s="1">
         <v>14000</v>
       </c>
       <c r="C42">
         <v>14000</v>
       </c>
       <c r="D42">
         <v>14000</v>
       </c>
       <c r="E42">
         <v>14000</v>
       </c>
       <c r="F42">
         <v>14000</v>
       </c>
       <c r="G42">
         <v>14000</v>
       </c>
       <c r="H42">
@@ -14365,69 +14362,69 @@
       </c>
       <c r="C49">
         <v>43350</v>
       </c>
       <c r="D49">
         <v>43350</v>
       </c>
       <c r="E49">
         <v>43350</v>
       </c>
       <c r="F49">
         <v>43350</v>
       </c>
       <c r="G49">
         <v>43350</v>
       </c>
       <c r="H49">
         <v>43350</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B50" s="1">
-        <v>30000</v>
+        <v>28000</v>
       </c>
       <c r="C50">
-        <v>30000</v>
+        <v>28000</v>
       </c>
       <c r="D50">
-        <v>30000</v>
+        <v>28000</v>
       </c>
       <c r="E50">
-        <v>29000</v>
+        <v>28000</v>
       </c>
       <c r="F50">
-        <v>29000</v>
+        <v>28000</v>
       </c>
       <c r="G50">
-        <v>29000</v>
+        <v>28000</v>
       </c>
       <c r="H50">
-        <v>29000</v>
+        <v>28000</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B51" s="1">
         <v>10500</v>
       </c>
       <c r="C51">
         <v>10500</v>
       </c>
       <c r="D51">
         <v>10500</v>
       </c>
       <c r="E51">
         <v>10500</v>
       </c>
       <c r="F51">
         <v>10500</v>
       </c>
       <c r="G51">
         <v>10500</v>
       </c>
       <c r="H51">
@@ -14598,155 +14595,155 @@
       </c>
       <c r="C2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="1">
-        <v>30000</v>
+        <v>31000</v>
       </c>
       <c r="C3">
-        <v>30000</v>
+        <v>31000</v>
       </c>
       <c r="D3">
-        <v>30000</v>
+        <v>31000</v>
       </c>
       <c r="E3">
-        <v>30000</v>
+        <v>31000</v>
       </c>
       <c r="F3">
-        <v>30000</v>
+        <v>31000</v>
       </c>
       <c r="G3">
-        <v>30000</v>
+        <v>31000</v>
       </c>
       <c r="H3">
-        <v>30000</v>
+        <v>31000</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="1">
-        <v>49333</v>
+        <v>40000</v>
       </c>
       <c r="C4">
-        <v>49333</v>
+        <v>40000</v>
       </c>
       <c r="D4">
-        <v>46000</v>
+        <v>40000</v>
       </c>
       <c r="E4">
-        <v>47000</v>
+        <v>40000</v>
       </c>
       <c r="F4">
-        <v>47667</v>
+        <v>40000</v>
       </c>
       <c r="G4">
-        <v>45333</v>
+        <v>42333</v>
       </c>
       <c r="H4">
-        <v>45333</v>
+        <v>42333</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="1">
-        <v>36000</v>
+        <v>35667</v>
       </c>
       <c r="C5">
-        <v>36000</v>
+        <v>35667</v>
       </c>
       <c r="D5">
-        <v>36000</v>
+        <v>35667</v>
       </c>
       <c r="E5">
-        <v>36000</v>
+        <v>35667</v>
       </c>
       <c r="F5">
-        <v>36000</v>
+        <v>35667</v>
       </c>
       <c r="G5">
-        <v>36000</v>
+        <v>35667</v>
       </c>
       <c r="H5">
-        <v>36000</v>
+        <v>35667</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="1">
-        <v>32333</v>
+        <v>33000</v>
       </c>
       <c r="C6">
-        <v>32333</v>
+        <v>32667</v>
       </c>
       <c r="D6">
-        <v>32333</v>
+        <v>32667</v>
       </c>
       <c r="E6">
-        <v>32000</v>
+        <v>32667</v>
       </c>
       <c r="F6">
-        <v>32000</v>
+        <v>32667</v>
       </c>
       <c r="G6">
-        <v>32000</v>
+        <v>34667</v>
       </c>
       <c r="H6">
-        <v>32000</v>
+        <v>34667</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="1">
-        <v>13533</v>
+        <v>13500</v>
       </c>
       <c r="C7">
         <v>13500</v>
       </c>
       <c r="D7">
         <v>13500</v>
       </c>
       <c r="E7">
         <v>13500</v>
       </c>
       <c r="F7">
         <v>13500</v>
       </c>
       <c r="G7">
         <v>13500</v>
       </c>
       <c r="H7">
         <v>13500</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="1">
@@ -14832,199 +14829,199 @@
       </c>
       <c r="C11">
         <v>12333</v>
       </c>
       <c r="D11">
         <v>12333</v>
       </c>
       <c r="E11">
         <v>12333</v>
       </c>
       <c r="F11">
         <v>12333</v>
       </c>
       <c r="G11">
         <v>12333</v>
       </c>
       <c r="H11">
         <v>12333</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="1">
-        <v>70667</v>
+        <v>47000</v>
       </c>
       <c r="C12">
-        <v>73000</v>
+        <v>45333</v>
       </c>
       <c r="D12">
-        <v>73667</v>
+        <v>43333</v>
       </c>
       <c r="E12">
-        <v>70000</v>
+        <v>43333</v>
       </c>
       <c r="F12">
-        <v>68667</v>
+        <v>43333</v>
       </c>
       <c r="G12">
-        <v>66000</v>
+        <v>43333</v>
       </c>
       <c r="H12">
-        <v>66000</v>
+        <v>40667</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="1">
-        <v>64000</v>
+        <v>43667</v>
       </c>
       <c r="C13">
-        <v>66000</v>
+        <v>41667</v>
       </c>
       <c r="D13">
-        <v>67000</v>
+        <v>37000</v>
       </c>
       <c r="E13">
-        <v>67000</v>
+        <v>37000</v>
       </c>
       <c r="F13">
-        <v>64667</v>
+        <v>32667</v>
       </c>
       <c r="G13">
-        <v>60000</v>
+        <v>30667</v>
       </c>
       <c r="H13">
-        <v>52333</v>
+        <v>30667</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="1">
-        <v>61000</v>
+        <v>60000</v>
       </c>
       <c r="C14">
-        <v>61000</v>
+        <v>60000</v>
       </c>
       <c r="D14">
-        <v>64333</v>
+        <v>60000</v>
       </c>
       <c r="E14">
-        <v>68667</v>
+        <v>60000</v>
       </c>
       <c r="F14">
-        <v>66000</v>
+        <v>60000</v>
       </c>
       <c r="G14">
-        <v>67000</v>
+        <v>58667</v>
       </c>
       <c r="H14">
-        <v>68000</v>
+        <v>56000</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="1">
-        <v>70000</v>
+        <v>76000</v>
       </c>
       <c r="C15">
-        <v>72667</v>
+        <v>74333</v>
       </c>
       <c r="D15">
-        <v>70667</v>
+        <v>74333</v>
       </c>
       <c r="E15">
-        <v>68667</v>
+        <v>74333</v>
       </c>
       <c r="F15">
-        <v>68667</v>
+        <v>71333</v>
       </c>
       <c r="G15">
-        <v>57000</v>
+        <v>74000</v>
       </c>
       <c r="H15">
-        <v>56000</v>
+        <v>77000</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="1">
         <v>101667</v>
       </c>
       <c r="C16">
         <v>101667</v>
       </c>
       <c r="D16">
         <v>101667</v>
       </c>
       <c r="E16">
         <v>101667</v>
       </c>
       <c r="F16">
         <v>101667</v>
       </c>
       <c r="G16">
         <v>101667</v>
       </c>
       <c r="H16">
         <v>101667</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="1">
-        <v>37667</v>
+        <v>39333</v>
       </c>
       <c r="C17">
-        <v>38000</v>
+        <v>38667</v>
       </c>
       <c r="D17">
-        <v>38000</v>
+        <v>38667</v>
       </c>
       <c r="E17">
-        <v>38000</v>
+        <v>38667</v>
       </c>
       <c r="F17">
-        <v>38000</v>
+        <v>38667</v>
       </c>
       <c r="G17">
-        <v>37333</v>
+        <v>38667</v>
       </c>
       <c r="H17">
-        <v>37333</v>
+        <v>38667</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="1">
         <v>135000</v>
       </c>
       <c r="C18">
         <v>135000</v>
       </c>
       <c r="D18">
         <v>135000</v>
       </c>
       <c r="E18">
         <v>135000</v>
       </c>
       <c r="F18">
         <v>135000</v>
       </c>
       <c r="G18">
         <v>135000</v>
       </c>
       <c r="H18">
@@ -15170,60 +15167,60 @@
       </c>
       <c r="C24">
         <v>16833</v>
       </c>
       <c r="D24">
         <v>16833</v>
       </c>
       <c r="E24">
         <v>16833</v>
       </c>
       <c r="F24">
         <v>16833</v>
       </c>
       <c r="G24">
         <v>16833</v>
       </c>
       <c r="H24">
         <v>16833</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="1">
-        <v>41333</v>
+        <v>42333</v>
       </c>
       <c r="C25">
-        <v>41333</v>
+        <v>42333</v>
       </c>
       <c r="D25">
-        <v>41333</v>
+        <v>42333</v>
       </c>
       <c r="E25">
-        <v>41333</v>
+        <v>42333</v>
       </c>
       <c r="F25">
         <v>41333</v>
       </c>
       <c r="G25">
         <v>41333</v>
       </c>
       <c r="H25">
         <v>41333</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="1">
         <v>36000</v>
       </c>
       <c r="C26">
         <v>36000</v>
       </c>
       <c r="D26">
         <v>36000</v>
       </c>
       <c r="E26">
@@ -15234,83 +15231,83 @@
       </c>
       <c r="G26">
         <v>36000</v>
       </c>
       <c r="H26">
         <v>36000</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B27" s="1">
         <v>37333</v>
       </c>
       <c r="C27">
         <v>37333</v>
       </c>
       <c r="D27">
         <v>37333</v>
       </c>
       <c r="E27">
         <v>37333</v>
       </c>
       <c r="F27">
-        <v>37333</v>
+        <v>38667</v>
       </c>
       <c r="G27">
-        <v>37333</v>
+        <v>38667</v>
       </c>
       <c r="H27">
-        <v>37333</v>
+        <v>38667</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B28" s="1">
         <v>32667</v>
       </c>
       <c r="C28">
         <v>32667</v>
       </c>
       <c r="D28">
         <v>32667</v>
       </c>
       <c r="E28">
         <v>32667</v>
       </c>
       <c r="F28">
-        <v>32667</v>
+        <v>34333</v>
       </c>
       <c r="G28">
-        <v>32667</v>
+        <v>34333</v>
       </c>
       <c r="H28">
-        <v>32667</v>
+        <v>34333</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B29" s="1">
         <v>7000</v>
       </c>
       <c r="C29">
         <v>7000</v>
       </c>
       <c r="D29">
         <v>7000</v>
       </c>
       <c r="E29">
         <v>7000</v>
       </c>
       <c r="F29">
         <v>7000</v>
       </c>
       <c r="G29">
         <v>7000</v>
       </c>
       <c r="H29">
@@ -15378,147 +15375,147 @@
       </c>
       <c r="C32">
         <v>11000</v>
       </c>
       <c r="D32">
         <v>11000</v>
       </c>
       <c r="E32">
         <v>11000</v>
       </c>
       <c r="F32">
         <v>11000</v>
       </c>
       <c r="G32">
         <v>11000</v>
       </c>
       <c r="H32">
         <v>11000</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B33" s="1">
-        <v>6333</v>
+        <v>5000</v>
       </c>
       <c r="C33">
-        <v>6333</v>
+        <v>5000</v>
       </c>
       <c r="D33">
-        <v>6333</v>
+        <v>5000</v>
       </c>
       <c r="E33">
-        <v>6333</v>
+        <v>5000</v>
       </c>
       <c r="F33">
-        <v>6333</v>
+        <v>5000</v>
       </c>
       <c r="G33">
-        <v>6333</v>
+        <v>5000</v>
       </c>
       <c r="H33">
-        <v>6333</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B34" s="1">
-        <v>24333</v>
+        <v>33667</v>
       </c>
       <c r="C34">
-        <v>24333</v>
+        <v>33667</v>
       </c>
       <c r="D34">
-        <v>24333</v>
+        <v>33667</v>
       </c>
       <c r="E34">
-        <v>24333</v>
+        <v>33667</v>
       </c>
       <c r="F34">
-        <v>24333</v>
+        <v>33667</v>
       </c>
       <c r="G34">
-        <v>24333</v>
+        <v>33667</v>
       </c>
       <c r="H34">
-        <v>24333</v>
+        <v>33667</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B35" s="1">
         <v>4000</v>
       </c>
       <c r="C35">
         <v>4000</v>
       </c>
       <c r="D35">
         <v>4000</v>
       </c>
       <c r="E35">
         <v>4000</v>
       </c>
       <c r="F35">
         <v>4000</v>
       </c>
       <c r="G35">
         <v>4000</v>
       </c>
       <c r="H35">
         <v>4000</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B36" s="1">
-        <v>15000</v>
+        <v>14667</v>
       </c>
       <c r="C36">
-        <v>15000</v>
+        <v>14667</v>
       </c>
       <c r="D36">
-        <v>15000</v>
+        <v>14667</v>
       </c>
       <c r="E36">
-        <v>15000</v>
+        <v>14667</v>
       </c>
       <c r="F36">
-        <v>15000</v>
+        <v>14667</v>
       </c>
       <c r="G36">
-        <v>15000</v>
+        <v>14667</v>
       </c>
       <c r="H36">
-        <v>15000</v>
+        <v>14667</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B37" s="1">
         <v>5000</v>
       </c>
       <c r="C37">
         <v>5000</v>
       </c>
       <c r="D37">
         <v>5000</v>
       </c>
       <c r="E37">
         <v>5000</v>
       </c>
       <c r="F37">
         <v>5000</v>
       </c>
       <c r="G37">
         <v>5000</v>
       </c>
       <c r="H37">
@@ -15586,69 +15583,69 @@
       </c>
       <c r="C40">
         <v>20333</v>
       </c>
       <c r="D40">
         <v>20333</v>
       </c>
       <c r="E40">
         <v>20333</v>
       </c>
       <c r="F40">
         <v>20333</v>
       </c>
       <c r="G40">
         <v>20333</v>
       </c>
       <c r="H40">
         <v>20333</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B41" s="1">
-        <v>16067</v>
+        <v>15700</v>
       </c>
       <c r="C41">
-        <v>16067</v>
+        <v>15700</v>
       </c>
       <c r="D41">
-        <v>16067</v>
+        <v>15700</v>
       </c>
       <c r="E41">
-        <v>16067</v>
+        <v>15700</v>
       </c>
       <c r="F41">
-        <v>16067</v>
+        <v>15700</v>
       </c>
       <c r="G41">
-        <v>16067</v>
+        <v>15700</v>
       </c>
       <c r="H41">
-        <v>16067</v>
+        <v>15700</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B42" s="1">
         <v>14000</v>
       </c>
       <c r="C42">
         <v>14000</v>
       </c>
       <c r="D42">
         <v>14000</v>
       </c>
       <c r="E42">
         <v>14000</v>
       </c>
       <c r="F42">
         <v>14000</v>
       </c>
       <c r="G42">
         <v>14000</v>
       </c>
       <c r="H42">
@@ -15820,69 +15817,69 @@
       </c>
       <c r="C49">
         <v>42783</v>
       </c>
       <c r="D49">
         <v>42783</v>
       </c>
       <c r="E49">
         <v>42783</v>
       </c>
       <c r="F49">
         <v>42783</v>
       </c>
       <c r="G49">
         <v>42783</v>
       </c>
       <c r="H49">
         <v>42783</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B50" s="1">
-        <v>29333</v>
+        <v>28667</v>
       </c>
       <c r="C50">
-        <v>29333</v>
+        <v>28667</v>
       </c>
       <c r="D50">
-        <v>29667</v>
+        <v>28667</v>
       </c>
       <c r="E50">
-        <v>29333</v>
+        <v>28667</v>
       </c>
       <c r="F50">
-        <v>29000</v>
+        <v>28667</v>
       </c>
       <c r="G50">
-        <v>29000</v>
+        <v>28667</v>
       </c>
       <c r="H50">
-        <v>29000</v>
+        <v>28667</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B51" s="1">
         <v>10833</v>
       </c>
       <c r="C51">
         <v>10833</v>
       </c>
       <c r="D51">
         <v>10833</v>
       </c>
       <c r="E51">
         <v>10833</v>
       </c>
       <c r="F51">
         <v>10833</v>
       </c>
       <c r="G51">
         <v>10833</v>
       </c>
       <c r="H51">
@@ -16027,849 +16024,849 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.28515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="41" customWidth="true" style="2"/>
     <col min="2" max="2" width="16.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="23.25" s="4" customFormat="1">
       <c r="A1" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
     </row>
     <row r="2" spans="1:10" customHeight="1" ht="16.5" s="3" customFormat="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="3" t="s">
-        <v>63</v>
+        <v>2</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D2" s="3" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E2" s="3" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F2" s="3" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G2" s="3" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H2" s="3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B3" s="1">
-        <v>27000</v>
+        <v>22000</v>
       </c>
       <c r="C3">
-        <v>27000</v>
+        <v>22000</v>
       </c>
       <c r="D3">
-        <v>27000</v>
+        <v>22000</v>
       </c>
       <c r="E3">
-        <v>27000</v>
+        <v>22000</v>
       </c>
       <c r="F3">
-        <v>27000</v>
+        <v>22000</v>
       </c>
       <c r="G3">
-        <v>27000</v>
+        <v>25000</v>
       </c>
       <c r="H3">
-        <v>27000</v>
+        <v>25000</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B4" s="1">
         <v>55000</v>
       </c>
       <c r="C4">
         <v>55000</v>
       </c>
       <c r="D4">
         <v>55000</v>
       </c>
       <c r="E4">
         <v>55000</v>
       </c>
       <c r="F4">
         <v>55000</v>
       </c>
       <c r="G4">
         <v>55000</v>
       </c>
       <c r="H4">
         <v>55000</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B5" s="1">
         <v>45000</v>
       </c>
       <c r="C5">
         <v>45000</v>
       </c>
       <c r="D5">
         <v>45000</v>
       </c>
       <c r="E5">
         <v>45000</v>
       </c>
       <c r="F5">
         <v>45000</v>
       </c>
       <c r="G5">
         <v>45000</v>
       </c>
       <c r="H5">
         <v>45000</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B6" s="1">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="C6">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="D6">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="E6">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="F6">
-        <v>10000</v>
+        <v>7000</v>
       </c>
       <c r="G6">
-        <v>10000</v>
+        <v>8500</v>
       </c>
       <c r="H6">
-        <v>10000</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B7" s="1">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="C7">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="D7">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="E7">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="F7">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="G7">
         <v>6000</v>
       </c>
       <c r="H7">
-        <v>6000</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B8" s="1">
         <v>13000</v>
       </c>
       <c r="C8">
         <v>13000</v>
       </c>
       <c r="D8">
         <v>13000</v>
       </c>
       <c r="E8">
         <v>13000</v>
       </c>
       <c r="F8">
         <v>13000</v>
       </c>
       <c r="G8">
         <v>13000</v>
       </c>
       <c r="H8">
         <v>13000</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B9" s="1">
-        <v>9000</v>
+        <v>7500</v>
       </c>
       <c r="C9">
-        <v>9000</v>
+        <v>7500</v>
       </c>
       <c r="D9">
-        <v>9000</v>
+        <v>7500</v>
       </c>
       <c r="E9">
-        <v>9000</v>
+        <v>7500</v>
       </c>
       <c r="F9">
-        <v>9000</v>
+        <v>7500</v>
       </c>
       <c r="G9">
         <v>9000</v>
       </c>
       <c r="H9">
-        <v>9000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B10" s="1">
         <v>45000</v>
       </c>
       <c r="C10">
         <v>45000</v>
       </c>
       <c r="D10">
         <v>45000</v>
       </c>
       <c r="E10">
         <v>45000</v>
       </c>
       <c r="F10">
         <v>45000</v>
       </c>
       <c r="G10">
         <v>45000</v>
       </c>
       <c r="H10">
         <v>45000</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B11" s="1">
         <v>23000</v>
       </c>
       <c r="C11">
         <v>23000</v>
       </c>
       <c r="D11">
         <v>23000</v>
       </c>
       <c r="E11">
         <v>23000</v>
       </c>
       <c r="F11">
         <v>23000</v>
       </c>
       <c r="G11">
-        <v>23000</v>
+        <v>24000</v>
       </c>
       <c r="H11">
-        <v>23000</v>
+        <v>24000</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B12" s="1">
         <v>28000</v>
       </c>
       <c r="C12">
         <v>28000</v>
       </c>
       <c r="D12">
         <v>28000</v>
       </c>
       <c r="E12">
         <v>28000</v>
       </c>
       <c r="F12">
         <v>28000</v>
       </c>
       <c r="G12">
         <v>28000</v>
       </c>
       <c r="H12">
         <v>28000</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="1">
-        <v>10000</v>
+        <v>7000</v>
       </c>
       <c r="C13">
-        <v>10000</v>
+        <v>7000</v>
       </c>
       <c r="D13">
-        <v>10000</v>
+        <v>7000</v>
       </c>
       <c r="E13">
-        <v>10000</v>
+        <v>7000</v>
       </c>
       <c r="F13">
-        <v>10000</v>
+        <v>7000</v>
       </c>
       <c r="G13">
-        <v>10000</v>
+        <v>8500</v>
       </c>
       <c r="H13">
-        <v>10000</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="1">
         <v>4000</v>
       </c>
       <c r="C14">
         <v>4000</v>
       </c>
       <c r="D14">
         <v>4000</v>
       </c>
       <c r="E14">
         <v>4000</v>
       </c>
       <c r="F14">
         <v>4000</v>
       </c>
       <c r="G14">
-        <v>4000</v>
+        <v>5000</v>
       </c>
       <c r="H14">
-        <v>4000</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B15" s="1">
-        <v>20000</v>
+        <v>17000</v>
       </c>
       <c r="C15">
-        <v>20000</v>
+        <v>17000</v>
       </c>
       <c r="D15">
-        <v>20000</v>
+        <v>17000</v>
       </c>
       <c r="E15">
-        <v>20000</v>
+        <v>17000</v>
       </c>
       <c r="F15">
-        <v>20000</v>
+        <v>18000</v>
       </c>
       <c r="G15">
         <v>20000</v>
       </c>
       <c r="H15">
-        <v>20000</v>
+        <v>22000</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B16" s="1">
         <v>17000</v>
       </c>
       <c r="C16">
         <v>17000</v>
       </c>
       <c r="D16">
         <v>17000</v>
       </c>
       <c r="E16">
         <v>17000</v>
       </c>
       <c r="F16">
         <v>17000</v>
       </c>
       <c r="G16">
         <v>17000</v>
       </c>
       <c r="H16">
         <v>17000</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B17" s="1">
         <v>45000</v>
       </c>
       <c r="C17">
         <v>45000</v>
       </c>
       <c r="D17">
         <v>45000</v>
       </c>
       <c r="E17">
         <v>45000</v>
       </c>
       <c r="F17">
         <v>45000</v>
       </c>
       <c r="G17">
         <v>45000</v>
       </c>
       <c r="H17">
         <v>45000</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B18" s="1">
-        <v>7000</v>
+        <v>6500</v>
       </c>
       <c r="C18">
-        <v>7000</v>
+        <v>6500</v>
       </c>
       <c r="D18">
-        <v>7000</v>
+        <v>6500</v>
       </c>
       <c r="E18">
-        <v>7000</v>
+        <v>6500</v>
       </c>
       <c r="F18">
         <v>7000</v>
       </c>
       <c r="G18">
-        <v>7000</v>
+        <v>8000</v>
       </c>
       <c r="H18">
-        <v>7000</v>
+        <v>8500</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B19" s="1">
         <v>6000</v>
       </c>
       <c r="C19">
         <v>6000</v>
       </c>
       <c r="D19">
         <v>6000</v>
       </c>
       <c r="E19">
         <v>6000</v>
       </c>
       <c r="F19">
         <v>6000</v>
       </c>
       <c r="G19">
-        <v>6000</v>
+        <v>7500</v>
       </c>
       <c r="H19">
-        <v>6000</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B20" s="1">
         <v>18000</v>
       </c>
       <c r="C20">
         <v>18000</v>
       </c>
       <c r="D20">
         <v>18000</v>
       </c>
       <c r="E20">
         <v>18000</v>
       </c>
       <c r="F20">
         <v>18000</v>
       </c>
       <c r="G20">
         <v>18000</v>
       </c>
       <c r="H20">
         <v>18000</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B21" s="1">
         <v>12000</v>
       </c>
       <c r="C21">
         <v>12000</v>
       </c>
       <c r="D21">
         <v>12000</v>
       </c>
       <c r="E21">
         <v>12000</v>
       </c>
       <c r="F21">
         <v>12000</v>
       </c>
       <c r="G21">
         <v>12000</v>
       </c>
       <c r="H21">
         <v>12000</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B22" s="1">
         <v>50000</v>
       </c>
       <c r="C22">
         <v>50000</v>
       </c>
       <c r="D22">
         <v>50000</v>
       </c>
       <c r="E22">
         <v>50000</v>
       </c>
       <c r="F22">
         <v>50000</v>
       </c>
       <c r="G22">
         <v>50000</v>
       </c>
       <c r="H22">
         <v>50000</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B23" s="1">
         <v>10000</v>
       </c>
       <c r="C23">
         <v>10000</v>
       </c>
       <c r="D23">
         <v>10000</v>
       </c>
       <c r="E23">
         <v>10000</v>
       </c>
       <c r="F23">
         <v>10000</v>
       </c>
       <c r="G23">
         <v>10000</v>
       </c>
       <c r="H23">
         <v>10000</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B24" s="1">
         <v>7000</v>
       </c>
       <c r="C24">
         <v>7000</v>
       </c>
       <c r="D24">
         <v>7000</v>
       </c>
       <c r="E24">
         <v>7000</v>
       </c>
       <c r="F24">
         <v>7000</v>
       </c>
       <c r="G24">
         <v>7000</v>
       </c>
       <c r="H24">
         <v>7000</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B25" s="1">
-        <v>8000</v>
+        <v>9000</v>
       </c>
       <c r="C25">
-        <v>8000</v>
+        <v>9000</v>
       </c>
       <c r="D25">
-        <v>8000</v>
+        <v>9000</v>
       </c>
       <c r="E25">
-        <v>8000</v>
+        <v>9000</v>
       </c>
       <c r="F25">
-        <v>8000</v>
+        <v>9000</v>
       </c>
       <c r="G25">
-        <v>8000</v>
+        <v>9000</v>
       </c>
       <c r="H25">
-        <v>8000</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B26" s="1">
         <v>8000</v>
       </c>
       <c r="C26">
         <v>8000</v>
       </c>
       <c r="D26">
         <v>8000</v>
       </c>
       <c r="E26">
         <v>8000</v>
       </c>
       <c r="F26">
         <v>8000</v>
       </c>
       <c r="G26">
         <v>8000</v>
       </c>
       <c r="H26">
         <v>8000</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B27" s="1">
-        <v>10000</v>
+        <v>12000</v>
       </c>
       <c r="C27">
-        <v>10000</v>
+        <v>12000</v>
       </c>
       <c r="D27">
-        <v>10000</v>
+        <v>12000</v>
       </c>
       <c r="E27">
-        <v>10000</v>
+        <v>12000</v>
       </c>
       <c r="F27">
-        <v>10000</v>
+        <v>12000</v>
       </c>
       <c r="G27">
-        <v>10000</v>
+        <v>12000</v>
       </c>
       <c r="H27">
-        <v>10000</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B28" s="1">
         <v>10000</v>
       </c>
       <c r="C28">
         <v>10000</v>
       </c>
       <c r="D28">
         <v>10000</v>
       </c>
       <c r="E28">
         <v>10000</v>
       </c>
       <c r="F28">
         <v>10000</v>
       </c>
       <c r="G28">
         <v>10000</v>
       </c>
       <c r="H28">
         <v>10000</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B29" s="1">
-        <v>8000</v>
+        <v>10000</v>
       </c>
       <c r="C29">
-        <v>8000</v>
+        <v>10000</v>
       </c>
       <c r="D29">
-        <v>8000</v>
+        <v>10000</v>
       </c>
       <c r="E29">
-        <v>8000</v>
+        <v>10000</v>
       </c>
       <c r="F29">
-        <v>8000</v>
+        <v>10000</v>
       </c>
       <c r="G29">
-        <v>8000</v>
+        <v>10000</v>
       </c>
       <c r="H29">
-        <v>8000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B30" s="1">
-        <v>10000</v>
+        <v>7000</v>
       </c>
       <c r="C30">
-        <v>10000</v>
+        <v>7000</v>
       </c>
       <c r="D30">
-        <v>10000</v>
+        <v>7000</v>
       </c>
       <c r="E30">
-        <v>10000</v>
+        <v>7000</v>
       </c>
       <c r="F30">
-        <v>10000</v>
+        <v>7000</v>
       </c>
       <c r="G30">
-        <v>10000</v>
+        <v>8000</v>
       </c>
       <c r="H30">
-        <v>10000</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B31" s="1">
-        <v>10000</v>
+        <v>8500</v>
       </c>
       <c r="C31">
-        <v>10000</v>
+        <v>8500</v>
       </c>
       <c r="D31">
-        <v>10000</v>
+        <v>8500</v>
       </c>
       <c r="E31">
-        <v>10000</v>
+        <v>8500</v>
       </c>
       <c r="F31">
-        <v>10000</v>
+        <v>8000</v>
       </c>
       <c r="G31">
-        <v>10000</v>
+        <v>8000</v>
       </c>
       <c r="H31">
-        <v>10000</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B32" s="1">
-        <v>18000</v>
+        <v>15000</v>
       </c>
       <c r="C32">
-        <v>18000</v>
+        <v>15000</v>
       </c>
       <c r="D32">
-        <v>18000</v>
+        <v>15000</v>
       </c>
       <c r="E32">
-        <v>18000</v>
+        <v>15000</v>
       </c>
       <c r="F32">
-        <v>18000</v>
+        <v>15000</v>
       </c>
       <c r="G32">
-        <v>18000</v>
+        <v>14000</v>
       </c>
       <c r="H32">
-        <v>18000</v>
+        <v>13500</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFA0D64F"/>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J32"/>
@@ -16886,196 +16883,196 @@
     <col min="1" max="1" width="41" customWidth="true" style="2"/>
     <col min="2" max="2" width="16.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="23.25" s="4" customFormat="1">
       <c r="A1" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
     </row>
     <row r="2" spans="1:10" customHeight="1" ht="16.5" s="3" customFormat="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="2" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFA0D64F"/>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J32"/>
@@ -17092,196 +17089,196 @@
     <col min="1" max="1" width="41" customWidth="true" style="2"/>
     <col min="2" max="2" width="16.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="23.25" s="4" customFormat="1">
       <c r="A1" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
     </row>
     <row r="2" spans="1:10" customHeight="1" ht="16.5" s="3" customFormat="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="2" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFA0D64F"/>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J32"/>
@@ -17298,876 +17295,876 @@
     <col min="1" max="1" width="41" customWidth="true" style="2"/>
     <col min="2" max="2" width="16.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="23.25" s="4" customFormat="1">
       <c r="A1" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
     </row>
     <row r="2" spans="1:10" customHeight="1" ht="16.5" s="3" customFormat="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="2" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFA0D64F"/>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="1" ySplit="2" topLeftCell="B3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.28515625" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="41" customWidth="true" style="2"/>
     <col min="2" max="2" width="16.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="23.25" s="4" customFormat="1">
       <c r="A1" s="5" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
     </row>
     <row r="2" spans="1:10" customHeight="1" ht="16.5" s="3" customFormat="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="D2" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="E2" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="E2" s="3" t="s">
+      <c r="F2" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="G2" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="H2" s="3" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B3" s="1">
         <v>88000</v>
       </c>
       <c r="C3">
         <v>88000</v>
       </c>
       <c r="D3">
         <v>88000</v>
       </c>
       <c r="E3">
         <v>88000</v>
       </c>
       <c r="F3">
         <v>88000</v>
       </c>
       <c r="G3">
         <v>88000</v>
       </c>
       <c r="H3">
         <v>88000</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B4" s="1">
         <v>132000</v>
       </c>
       <c r="C4">
         <v>132000</v>
       </c>
       <c r="D4">
         <v>132000</v>
       </c>
       <c r="E4">
         <v>132000</v>
       </c>
       <c r="F4">
         <v>132000</v>
       </c>
       <c r="G4">
         <v>132000</v>
       </c>
       <c r="H4">
         <v>132000</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B5" s="1">
         <v>37000</v>
       </c>
       <c r="C5">
         <v>37000</v>
       </c>
       <c r="D5">
         <v>37000</v>
       </c>
       <c r="E5">
         <v>37000</v>
       </c>
       <c r="F5">
         <v>37000</v>
       </c>
       <c r="G5">
         <v>37000</v>
       </c>
       <c r="H5">
         <v>37000</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B6" s="1">
         <v>58000</v>
       </c>
       <c r="C6">
         <v>58000</v>
       </c>
       <c r="D6">
         <v>58000</v>
       </c>
       <c r="E6">
         <v>58000</v>
       </c>
       <c r="F6">
         <v>58000</v>
       </c>
       <c r="G6">
         <v>58000</v>
       </c>
       <c r="H6">
         <v>58000</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B7" s="1">
         <v>215000</v>
       </c>
       <c r="C7">
         <v>215000</v>
       </c>
       <c r="D7">
         <v>215000</v>
       </c>
       <c r="E7">
         <v>215000</v>
       </c>
       <c r="F7">
         <v>215000</v>
       </c>
       <c r="G7">
         <v>215000</v>
       </c>
       <c r="H7">
         <v>215000</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B8" s="1">
         <v>21000</v>
       </c>
       <c r="C8">
         <v>21000</v>
       </c>
       <c r="D8">
         <v>21000</v>
       </c>
       <c r="E8">
         <v>21000</v>
       </c>
       <c r="F8">
         <v>21000</v>
       </c>
       <c r="G8">
         <v>21000</v>
       </c>
       <c r="H8">
         <v>21000</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B9" s="1">
         <v>60000</v>
       </c>
       <c r="C9">
         <v>60000</v>
       </c>
       <c r="D9">
         <v>60000</v>
       </c>
       <c r="E9">
         <v>60000</v>
       </c>
       <c r="F9">
         <v>60000</v>
       </c>
       <c r="G9">
         <v>60000</v>
       </c>
       <c r="H9">
         <v>60000</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B10" s="1">
         <v>25000</v>
       </c>
       <c r="C10">
         <v>25000</v>
       </c>
       <c r="D10">
         <v>25000</v>
       </c>
       <c r="E10">
         <v>25000</v>
       </c>
       <c r="F10">
         <v>25000</v>
       </c>
       <c r="G10">
         <v>25000</v>
       </c>
       <c r="H10">
         <v>25000</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B11" s="1">
         <v>20000</v>
       </c>
       <c r="C11">
         <v>20000</v>
       </c>
       <c r="D11">
         <v>20000</v>
       </c>
       <c r="E11">
         <v>20000</v>
       </c>
       <c r="F11">
         <v>20000</v>
       </c>
       <c r="G11">
         <v>20000</v>
       </c>
       <c r="H11">
         <v>20000</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B12" s="1">
         <v>25000</v>
       </c>
       <c r="C12">
         <v>25000</v>
       </c>
       <c r="D12">
         <v>25000</v>
       </c>
       <c r="E12">
         <v>25000</v>
       </c>
       <c r="F12">
         <v>25000</v>
       </c>
       <c r="G12">
         <v>25000</v>
       </c>
       <c r="H12">
         <v>25000</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B13" s="1">
         <v>25000</v>
       </c>
       <c r="C13">
         <v>25000</v>
       </c>
       <c r="D13">
         <v>25000</v>
       </c>
       <c r="E13">
         <v>25000</v>
       </c>
       <c r="F13">
         <v>25000</v>
       </c>
       <c r="G13">
         <v>25000</v>
       </c>
       <c r="H13">
         <v>25000</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B14" s="1">
         <v>20000</v>
       </c>
       <c r="C14">
         <v>20000</v>
       </c>
       <c r="D14">
         <v>20000</v>
       </c>
       <c r="E14">
         <v>20000</v>
       </c>
       <c r="F14">
         <v>20000</v>
       </c>
       <c r="G14">
         <v>20000</v>
       </c>
       <c r="H14">
         <v>20000</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B15" s="1">
         <v>20000</v>
       </c>
       <c r="C15">
         <v>20000</v>
       </c>
       <c r="D15">
         <v>20000</v>
       </c>
       <c r="E15">
         <v>20000</v>
       </c>
       <c r="F15">
         <v>20000</v>
       </c>
       <c r="G15">
         <v>20000</v>
       </c>
       <c r="H15">
         <v>20000</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B16" s="1">
         <v>20000</v>
       </c>
       <c r="C16">
         <v>20000</v>
       </c>
       <c r="D16">
         <v>20000</v>
       </c>
       <c r="E16">
         <v>20000</v>
       </c>
       <c r="F16">
         <v>20000</v>
       </c>
       <c r="G16">
         <v>20000</v>
       </c>
       <c r="H16">
         <v>20000</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B17" s="1">
         <v>15000</v>
       </c>
       <c r="C17">
         <v>15000</v>
       </c>
       <c r="D17">
         <v>15000</v>
       </c>
       <c r="E17">
         <v>15000</v>
       </c>
       <c r="F17">
         <v>15000</v>
       </c>
       <c r="G17">
         <v>15000</v>
       </c>
       <c r="H17">
         <v>15000</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B18" s="1">
         <v>15000</v>
       </c>
       <c r="C18">
         <v>15000</v>
       </c>
       <c r="D18">
         <v>15000</v>
       </c>
       <c r="E18">
         <v>15000</v>
       </c>
       <c r="F18">
         <v>15000</v>
       </c>
       <c r="G18">
         <v>15000</v>
       </c>
       <c r="H18">
         <v>15000</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B19" s="1">
         <v>3000</v>
       </c>
       <c r="C19">
         <v>3000</v>
       </c>
       <c r="D19">
         <v>3000</v>
       </c>
       <c r="E19">
         <v>3000</v>
       </c>
       <c r="F19">
         <v>3000</v>
       </c>
       <c r="G19">
         <v>3000</v>
       </c>
       <c r="H19">
         <v>3000</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B20" s="1">
         <v>6000</v>
       </c>
       <c r="C20">
         <v>6000</v>
       </c>
       <c r="D20">
         <v>6000</v>
       </c>
       <c r="E20">
         <v>6000</v>
       </c>
       <c r="F20">
         <v>6000</v>
       </c>
       <c r="G20">
         <v>6000</v>
       </c>
       <c r="H20">
         <v>6000</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B21" s="1">
         <v>2500</v>
       </c>
       <c r="C21">
         <v>2500</v>
       </c>
       <c r="D21">
         <v>2500</v>
       </c>
       <c r="E21">
         <v>2500</v>
       </c>
       <c r="F21">
         <v>2500</v>
       </c>
       <c r="G21">
         <v>2500</v>
       </c>
       <c r="H21">
         <v>2500</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B22" s="1">
         <v>7000</v>
       </c>
       <c r="C22">
         <v>7000</v>
       </c>
       <c r="D22">
         <v>7000</v>
       </c>
       <c r="E22">
         <v>7000</v>
       </c>
       <c r="F22">
         <v>7000</v>
       </c>
       <c r="G22">
         <v>7000</v>
       </c>
       <c r="H22">
         <v>7000</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B23" s="1">
         <v>56000</v>
       </c>
       <c r="C23">
         <v>56000</v>
       </c>
       <c r="D23">
         <v>56000</v>
       </c>
       <c r="E23">
         <v>56000</v>
       </c>
       <c r="F23">
         <v>56000</v>
       </c>
       <c r="G23">
         <v>56000</v>
       </c>
       <c r="H23">
         <v>56000</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B24" s="1">
         <v>64000</v>
       </c>
       <c r="C24">
         <v>64000</v>
       </c>
       <c r="D24">
         <v>64000</v>
       </c>
       <c r="E24">
         <v>64000</v>
       </c>
       <c r="F24">
         <v>64000</v>
       </c>
       <c r="G24">
         <v>64000</v>
       </c>
       <c r="H24">
         <v>64000</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B25" s="1">
         <v>68000</v>
       </c>
       <c r="C25">
         <v>68000</v>
       </c>
       <c r="D25">
         <v>68000</v>
       </c>
       <c r="E25">
         <v>68000</v>
       </c>
       <c r="F25">
         <v>68000</v>
       </c>
       <c r="G25">
         <v>68000</v>
       </c>
       <c r="H25">
         <v>68000</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B26" s="1">
         <v>75000</v>
       </c>
       <c r="C26">
         <v>75000</v>
       </c>
       <c r="D26">
         <v>75000</v>
       </c>
       <c r="E26">
         <v>75000</v>
       </c>
       <c r="F26">
         <v>75000</v>
       </c>
       <c r="G26">
         <v>75000</v>
       </c>
       <c r="H26">
         <v>75000</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>